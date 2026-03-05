--- v0 (2025-11-08)
+++ v1 (2026-03-05)
@@ -1,78 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship  Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship  Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship  Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship  Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...7 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{28BB8CFF-FE67-224E-B311-1E5E29C9D77C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <workbookPr/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="760" windowWidth="30240" windowHeight="17580" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="360" yWindow="15" windowWidth="20955" windowHeight="9720" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Frente" sheetId="24" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="OI" sheetId="1" state="hidden" r:id="rId3"/>
+    <sheet name="Frente" sheetId="1" state="visible" r:id="rId6"/>
+    <sheet name="Atras" sheetId="2" state="visible" r:id="rId7"/>
+    <sheet name="OI" sheetId="3" state="hidden" r:id="rId8"/>
   </sheets>
   <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Frente!$A$1:$K$48</definedName>
     <definedName name="___BONAVISTA_XML_VERSION___" hidden="1">2</definedName>
     <definedName name="_PP2">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Frente!$A$1:$K$48</definedName>
     <definedName name="AUDITINFO_AUDIT_DATE">#REF!</definedName>
     <definedName name="AUDITINFO_AUDIT_NUMBER">#REF!</definedName>
     <definedName name="AUDITINFO_AUDIT_TYPE">#REF!</definedName>
     <definedName name="AUDITINFO_AUDITORS">#REF!</definedName>
     <definedName name="AUDITINFO_DEPARTMENT">#REF!</definedName>
     <definedName name="AUDITINFO_ISO_QS_CLAUSE">#REF!</definedName>
     <definedName name="AUDITINFO_LOOKUP">#REF!</definedName>
     <definedName name="AUDITINFO_SITE_DIRECTOR">#REF!</definedName>
     <definedName name="AUTORIZÓ">#REF!</definedName>
     <definedName name="CALIBRATIONINFO_CALIB_COMMENTS">#REF!</definedName>
     <definedName name="CALIBRATIONINFO_CALIB_RESULTS">#REF!</definedName>
     <definedName name="CALIBRATIONINFO_DEVICE_ID">#REF!</definedName>
     <definedName name="CALIBRATIONINFO_DEVICE_NAME">#REF!</definedName>
     <definedName name="CALIBRATIONINFO_LOCATION">#REF!</definedName>
     <definedName name="CALIBRATIONINFO_LOOKUP">#REF!</definedName>
     <definedName name="CALIBRATIONINFO_RECALL_DATE">#REF!</definedName>
     <definedName name="CALIBRATIONINFO_SERIAL_NUMBER">#REF!</definedName>
     <definedName name="CODIGO">#REF!</definedName>
     <definedName name="CONTAINMENT_BODY">OI!#REF!</definedName>
     <definedName name="CONTAINMENT_DATE_PERFORMED">OI!#REF!</definedName>
     <definedName name="CONTAINMENT_PERFORMED_BY">OI!#REF!</definedName>
     <definedName name="CORRACR_CUSTOMERINFO.CUSTOMERINFO_NAME">#REF!</definedName>
     <definedName name="CORRACT_AUDITINFO.AUDITINFO_AUDIT_DATE">#REF!</definedName>
     <definedName name="CORRACT_AUDITINFO.AUDITINFO_AUDIT_NUMBER">#REF!</definedName>
     <definedName name="CORRACT_AUDITINFO.AUDITINFO_AUDIT_TYPE">#REF!</definedName>
@@ -176,5059 +170,4733 @@
     <definedName name="hoja8">#REF!</definedName>
     <definedName name="hoja9">#REF!</definedName>
     <definedName name="MEETINGINFO_ATTENDEES">#REF!</definedName>
     <definedName name="MEETINGINFO_BODY">#REF!</definedName>
     <definedName name="MEETINGINFO_DATE">#REF!</definedName>
     <definedName name="MEETINGINFO_LOCATION">#REF!</definedName>
     <definedName name="MEETINGINFO_LOOKUP">#REF!</definedName>
     <definedName name="MEETINGINFO_TYPE">#REF!</definedName>
     <definedName name="PP">#REF!</definedName>
     <definedName name="PROD">#REF!</definedName>
     <definedName name="SECCION">#REF!</definedName>
     <definedName name="SUPPLIERINFO_ADDRESS">#REF!</definedName>
     <definedName name="SUPPLIERINFO_CONTACT_NAME">#REF!</definedName>
     <definedName name="SUPPLIERINFO_FAX_NO">#REF!</definedName>
     <definedName name="SUPPLIERINFO_LOOKUP">#REF!</definedName>
     <definedName name="SUPPLIERINFO_LOT_NUMBER">#REF!</definedName>
     <definedName name="SUPPLIERINFO_NAME">#REF!</definedName>
     <definedName name="SUPPLIERINFO_PHONE_NO">#REF!</definedName>
     <definedName name="SUPPLIERINFO_PO_NUMBER">#REF!</definedName>
     <definedName name="VERIFICATION_BODY">OI!#REF!</definedName>
     <definedName name="VERIFICATION_DATE">OI!#REF!</definedName>
     <definedName name="VERIFICATION_EFFECTIVE">OI!#REF!</definedName>
     <definedName name="VERIFICATION_RESULTS">OI!#REF!</definedName>
     <definedName name="VERIFICATION_VERIFIED_BY">OI!#REF!</definedName>
   </definedNames>
-  <calcPr calcId="191029" calcMode="manual"/>
+  <calcPr calcMode="manual"/>
   <extLst>
-    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
-[...7 lines deleted...]
-    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{D0CA8CA8-9F24-4464-BF8E-62219DCF47F9}"/>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="124">
-[...101 lines deleted...]
-    <t>4. Fecha de solicitud</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="124">
+  <si>
+    <t xml:space="preserve">Document Number:</t>
+  </si>
+  <si>
+    <t>FORM-41723</t>
+  </si>
+  <si>
+    <t>Revision:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Effective Date:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Document Title:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Permiso de Ingreso de Sustancias Químicas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PERMISO DE INGRESO DE SUSTANCIAS QUÍMICAS - KIMBERLY CLARK PLANTA CORIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Este apartado debe ser completado por el solicitante Kimberly Clark</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INFORMACIÓN GENERAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Este formulario debe presentarse con la SDS correspondiente adjunta, con una fecha de vigencia menor a 5 años para productos químicos y 3 años para productos higienicos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Nombre del solicitante</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2. Puesto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3. Departamento</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4. Fecha de solicitud</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5. Nombre de sustancia química según hoja de seguridad (SDS con SGA)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6. Fecha de emisión de SDS con SGA</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">7. Finalidad de uso. </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Indique para qué se va a utilizar la sustancia química</t>
+      <t xml:space="preserve">Indique para qué se va a utilizar la sustancia química</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">8. Área de aplicación. </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Indique el área de la planta en que se va a utilizar la sustancia química</t>
+      <t xml:space="preserve">Indique el área de la planta en que se va a utilizar la sustancia química</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">9. Modo de aplicación. </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Describa brevemente cómo va a ser aplicado el uso de la sustancia química</t>
+      <t xml:space="preserve">Describa brevemente cómo va a ser aplicado el uso de la sustancia química</t>
     </r>
   </si>
   <si>
     <t>Especifique:</t>
   </si>
   <si>
-    <t>10. ¿La aplicación será para la operación por tiempo indefinido  o para una aplicación específica?</t>
-[...14 lines deleted...]
-    <t>En caso de que alguna de estas afirmaciones sea positiva, se requiere solicitar Safety Clearance al departamento de R&amp;E</t>
+    <t xml:space="preserve">10. ¿La aplicación será para la operación por tiempo indefinido  o para una aplicación específica?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tiempo indefinido</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aplicación específica, corto tiempo, prueba</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASPECTOS A CONSIDERAR PARA ASEGURAR LA CALIDAD DEL PRODUCTO TERMINADO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11. ¿Es la sustancia un componente del producto terminado?</t>
+  </si>
+  <si>
+    <t>SI</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">En caso de que alguna de estas afirmaciones sea positiva, se requiere solicitar Safety Clearance al departamento de R&amp;E</t>
   </si>
   <si>
     <t xml:space="preserve">12. ¿Estará la sustancia en contacto directo con el producto terminado o cualquiera de sus componentes? </t>
   </si>
   <si>
     <t xml:space="preserve">13. ¿En el proceso hay riesgo de que la sustancia entre en contacto circunstancial con el producto o algún componente del mismo? </t>
   </si>
   <si>
-    <t>Este apartado debe ser completado por el departamento de EHS</t>
-[...47 lines deleted...]
-    <t>Peligro por aspiración</t>
+    <t xml:space="preserve">Este apartado debe ser completado por el departamento de EHS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EVALUACIÓN DE RIESGOS EHS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14. Clasificación de riesgos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sustancia explosiva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toxicidad aguda</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toxicidad en órganos diana/exposición única</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sustancia inflamable</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Corrosión / irritación cutáneas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toxicidad en órganos diana/exposición repetida</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sustancia comburente</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lesiones oculares / irritación ocular</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gas bajo presión</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sensibilización respiratoria o cutánea</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Palabra de advertencia:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daño para el medio ambiente acuático</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cancerígeno, mutagénico</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daño para la capa de ozono</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peligro por aspiración</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">15. Sustancias restringidas por corporación. </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Revise la composición de la sustancia en la sección correspondiente en la SDS y si se comprueba la presencia de alguno de los siguientes compuestos, NO DEBE SER AUTORIZADO EL INGRESO DE LA SUSTANCIA. SI LA SUSTANCIA ES DE UN ÚNICO USO CONSULTE A EHS PARA VALIDAR SU USO</t>
+      <t xml:space="preserve">Revise la composición de la sustancia en la sección correspondiente en la SDS y si se comprueba la presencia de alguno de los siguientes compuestos, NO DEBE SER AUTORIZADO EL INGRESO DE LA SUSTANCIA. SI LA SUSTANCIA ES DE UN ÚNICO USO CONSULTE A EHS PARA VALIDAR SU USO</t>
     </r>
   </si>
   <si>
-    <t>Acetona Níquel y compuestos</t>
-[...8 lines deleted...]
-    <t>Tetracloruro de carbono</t>
+    <t xml:space="preserve">Acetona Níquel y compuestos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cromo y compuestos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Metil etil acetona</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tetracloruro de carbono</t>
   </si>
   <si>
     <t>Benceno</t>
   </si>
   <si>
     <t>Cloroformo</t>
   </si>
   <si>
-    <t>Metil isobutil</t>
+    <t xml:space="preserve">Metil isobutil</t>
   </si>
   <si>
     <t>Tolueno</t>
   </si>
   <si>
-    <t>Cadmio y compuestos</t>
+    <t xml:space="preserve">Cadmio y compuestos</t>
   </si>
   <si>
     <t>Diclorometano</t>
   </si>
   <si>
-    <t>Plomo y compuestos</t>
+    <t xml:space="preserve">Plomo y compuestos</t>
   </si>
   <si>
     <t>Tricloroetano</t>
   </si>
   <si>
     <t>Cianuros</t>
   </si>
   <si>
-    <t>Mercurio y compuestos</t>
+    <t xml:space="preserve">Mercurio y compuestos</t>
   </si>
   <si>
     <t>Tetracloroetileno</t>
   </si>
   <si>
     <t>Tricloroetileno</t>
+  </si>
+  <si>
+    <t>Glifosfatos</t>
   </si>
   <si>
     <t>Xileno(s)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">16. Pocos críticos. </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Revise la composición de la sustancia en la sección correspondiente en la SDS y si se comprueba la presencia de alguno de los siguientes compuestos, NO DEBE SER AUTORIZADO EL INGRESO DE LA SUSTANCIA</t>
+      <t xml:space="preserve">Revise la composición de la sustancia en la sección correspondiente en la SDS y si se comprueba la presencia de alguno de los siguientes compuestos, NO DEBE SER AUTORIZADO EL INGRESO DE LA SUSTANCIA</t>
     </r>
   </si>
   <si>
     <t>Asbestos</t>
   </si>
   <si>
-    <t>Material Super absorbente (SAM)</t>
-[...5 lines deleted...]
-    <t>Berilio o aleaciones de cobre que contengan Berilio</t>
+    <t xml:space="preserve">Material Super absorbente (SAM)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polvo de celulosa (papel)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Berilio o aleaciones de cobre que contengan Berilio</t>
   </si>
   <si>
     <t>Enzimas</t>
   </si>
   <si>
-    <t>Materiales a base de silicon aerosolizado (ASBM partículas menores a 10 mm)</t>
+    <t xml:space="preserve">Materiales a base de silicon aerosolizado (ASBM partículas menores a 10 mm)</t>
   </si>
   <si>
     <t>Silice</t>
   </si>
   <si>
     <t>Cadmio</t>
   </si>
   <si>
     <t xml:space="preserve">Fibras refractarias de cerámica </t>
   </si>
   <si>
-    <t>Octametilciclotetrasilohexano (D4)</t>
-[...5 lines deleted...]
-    <t>Cloro, Dióxido de cloro o materiales a base de hipoclorito</t>
+    <t xml:space="preserve">Octametilciclotetrasilohexano (D4)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toxinas reproductivas (Éteres y Glicoles, PCBs, Óxido de etileno, 1-Bromopropano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cloro, Dióxido de cloro o materiales a base de hipoclorito</t>
   </si>
   <si>
     <t>Formaldehído</t>
   </si>
   <si>
-    <t>Partículas Ultrafinas (ejem. nanomateriales &lt;100 nm)</t>
-[...8 lines deleted...]
-    <t>Isocianatos orgánicos</t>
+    <t xml:space="preserve">Partículas Ultrafinas (ejem. nanomateriales &lt;100 nm)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tratamientos con fluoroquímicos (tópicos o de tratamiento interno)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cromo Hexavalente</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Isocianatos orgánicos</t>
   </si>
   <si>
     <t>Plomo</t>
   </si>
   <si>
-    <t>Otros carcinogénicos, como se listan por agencias regulatorias aplicables (ejem. OIT/IARC, OSHA, NIOSH, NTP, California Prop. 65, MAK)</t>
-[...2 lines deleted...]
-    <t>Otros materiales con regulaciones en relacion a exposiciones de empleados o públicas</t>
+    <t xml:space="preserve">Otros carcinogénicos, como se listan por agencias regulatorias aplicables (ejem. OIT/IARC, OSHA, NIOSH, NTP, California Prop. 65, MAK)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Otros materiales con regulaciones en relacion a exposiciones de empleados o públicas</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">17. Precursores. </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>¿La</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>sustancia es precursor?</t>
+      <t xml:space="preserve">sustancia es precursor?</t>
     </r>
   </si>
   <si>
-    <t>En caso de ser precursor, debe solicitarse la licencia ante el ICD previo a su compra</t>
-[...8 lines deleted...]
-    <t>¿La sustancia está libre de componentes restringidos por Corporación y Pocos Críticos?</t>
+    <t xml:space="preserve">En caso de ser precursor, debe solicitarse la licencia ante el ICD previo a su compra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Este apartado debe ser completado por los aprobadores (Calidad, EHS y Consultorio Médico)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">APROBACIÓN DE INGRESO DE SUSTANCIA QUÍMICA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">¿La sustancia está libre de componentes restringidos por Corporación y Pocos Críticos?</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Si la sustancia se utilizará de forma permanente, no siendo componente del producto, se tiene visto bueno del regente químico?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">¿Si el uso de la sustancia es de tiempo indefinido para KC, se incluyó en URM?</t>
   </si>
   <si>
     <t>Observaciones</t>
-  </si>
-[...34 lines deleted...]
-    <t>Nombre de aprobador de EHS: _______________________________________________________         Firma: _________________________________________</t>
   </si>
   <si>
     <t xml:space="preserve">
 Nombre de aprobador de Calidad: ___________________________________________________       Firma: _________________________________________</t>
   </si>
   <si>
     <t xml:space="preserve"> 
 Nombre de aprobador de Consultorio Médico: ____________________________________   Firma: _________________________________________</t>
   </si>
   <si>
-    <t>¿Si el uso de la sustancia es de tiempo indefinido para KC, se incluyó en URM?</t>
-[...2 lines deleted...]
-    <t>Este formulario debe presentarse con la SDS correspondiente adjunta, con una fecha de vigencia menor a 5 años para productos químicos y 3 años para productos higienicos</t>
+    <t xml:space="preserve">Nombre de aprobador de EHS: _______________________________________________________         Firma: _________________________________________</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FICHA RESUMEN DE SDS - SUSTANCIA AUTORIZADA PARA INGRESO A KIMBERLY CLARK PLANTA CORIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nombre de sustancia química según SDS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fecha de SDS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fecha de ingreso de sustancia química a KC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Es obligación y responsabilidad del trabajador leer esta Ficha Resumen de Seguridad 
+antes de cualquier uso, manipulación, trasvase, transporte o almacenamiento de este producto químico.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EFECTOS PARA LA SALUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARQUE CON UNA "X" EL EQUIPO DE PROTECCIÓN PERSONAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PALABRA DE ADVERTENCIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INDICACIONES DE PELIGRO SGA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">QUÉ HACER EN CASO DE PRIMEROS AUXILIOS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONSIDERACIONES ADICIONALES DE SEGURIDAD</t>
+  </si>
+  <si>
+    <t>Ojos:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Extintor a utilizar:</t>
+  </si>
+  <si>
+    <t>Piel:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Que hacer en caso de derrame:</t>
+  </si>
+  <si>
+    <t>Ingestión:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Consideraciones de almacenamiento:</t>
+  </si>
+  <si>
+    <t>Inhalación:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Consideraciones de disposición:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Notas para el Médico:</t>
+  </si>
+  <si>
+    <t>Otros:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Doc #</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Doc Title</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Doc Revision #</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="23" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+  <fonts count="21">
     <font>
-      <sz val="10"/>
+      <sz val="10.000000"/>
+      <color theme="1"/>
       <name val="Arial"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="8.000000"/>
+      <color indexed="64"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="8.000000"/>
+      <color indexed="65"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="11.000000"/>
       <color theme="1"/>
       <name val="Calibri"/>
-      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="18.000000"/>
       <color theme="1"/>
       <name val="Calibri"/>
-      <family val="2"/>
-[...39 lines deleted...]
-      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
-      <color theme="1"/>
+      <sz val="16.000000"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="16.000000"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="22.000000"/>
+      <color theme="0"/>
       <name val="Calibri"/>
-      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
+      <sz val="12.000000"/>
       <color theme="1"/>
       <name val="Calibri"/>
-      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18.000000"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16.000000"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14.000000"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12.000000"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14.000000"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="16.000000"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
-      <sz val="12"/>
+      <sz val="16.000000"/>
       <color theme="1"/>
       <name val="Calibri"/>
-      <family val="2"/>
-[...13 lines deleted...]
-      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="14"/>
+      <sz val="11.000000"/>
       <color theme="1"/>
       <name val="Calibri"/>
-      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
-      <sz val="16"/>
+      <sz val="12.000000"/>
       <color theme="1"/>
       <name val="Calibri"/>
-      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
-      <sz val="22"/>
-      <color theme="0"/>
+      <sz val="11.000000"/>
+      <color theme="1"/>
       <name val="Calibri"/>
-      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...11 lines deleted...]
-      <scheme val="minor"/>
+      <sz val="10.000000"/>
+      <color indexed="62"/>
+      <name val="Verdana"/>
     </font>
     <font>
       <b/>
-      <sz val="16"/>
-[...23 lines deleted...]
-      <scheme val="minor"/>
+      <sz val="10.000000"/>
+      <color indexed="62"/>
+      <name val="Verdana"/>
     </font>
   </fonts>
   <fills count="20">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="31"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor rgb="FFC6D8F5"/>
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE1EBFA"/>
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF17579D"/>
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD7D7D2"/>
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEEEEEE"/>
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF49474B"/>
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC4E595"/>
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE0F2C7"/>
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF3C6E28"/>
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCFA1"/>
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFE8C7"/>
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD0761C"/>
-        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.499984740745262"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF92D050"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
-        <bgColor indexed="64"/>
-[...17 lines deleted...]
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
-        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor indexed="31"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="69">
     <border>
-      <left/>
-[...3 lines deleted...]
-      <diagonal/>
+      <left style="none"/>
+      <right style="none"/>
+      <top style="none"/>
+      <bottom style="none"/>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
+      <right style="none"/>
+      <top style="none"/>
+      <bottom style="thin">
+        <color indexed="21"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
+      <right style="none"/>
+      <top style="none"/>
+      <bottom style="thin">
+        <color indexed="56"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
+      <right style="none"/>
+      <top style="none"/>
+      <bottom style="thin">
+        <color indexed="27"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
+      <right style="none"/>
+      <top style="none"/>
+      <bottom style="thin">
+        <color indexed="49"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="none"/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
+      <right style="none"/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="none"/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
-      <right style="thin">
-[...3 lines deleted...]
-        <color indexed="64"/>
+      <right style="none"/>
+      <top style="medium">
+        <color auto="1"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
+      <diagonal style="none"/>
     </border>
     <border>
-      <left/>
-[...1 lines deleted...]
-      <top/>
+      <left style="none"/>
+      <right style="none"/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
       <bottom style="thin">
-        <color indexed="21"/>
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
+      <diagonal style="none"/>
     </border>
     <border>
-      <left/>
-[...1 lines deleted...]
-      <top/>
+      <left style="none"/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
       <bottom style="thin">
-        <color indexed="56"/>
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
-[...17 lines deleted...]
-      <diagonal/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
-      <right/>
-[...4 lines deleted...]
-      <diagonal/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="none"/>
+      <bottom style="none"/>
+      <diagonal style="none"/>
     </border>
     <border>
-      <left/>
-[...2 lines deleted...]
-        <color indexed="64"/>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="none"/>
+      <top style="thin">
+        <color auto="1"/>
       </top>
-      <bottom/>
-      <diagonal/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
     </border>
     <border>
-      <left/>
+      <left style="none"/>
+      <right style="none"/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
       <right style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </right>
-      <top style="medium">
-        <color indexed="64"/>
+      <top style="thin">
+        <color auto="1"/>
       </top>
-      <bottom/>
-      <diagonal/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="none"/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="none"/>
+      <top style="none"/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
+      <right style="none"/>
+      <top style="none"/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="none"/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="none"/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="none"/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="none"/>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
+      <right style="none"/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="none"/>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="none"/>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="none"/>
+      <top style="none"/>
+      <bottom style="none"/>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="none"/>
+      <bottom style="none"/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
-      <right/>
-[...2 lines deleted...]
-      <diagonal/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="none"/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
+      <right style="none"/>
+      <top style="none"/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="none"/>
+      <top style="none"/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="none"/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
-      <right/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
       <top style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </top>
-      <bottom style="medium">
-[...2 lines deleted...]
-      <diagonal/>
+      <bottom style="none"/>
+      <diagonal style="none"/>
     </border>
     <border>
-      <left/>
-      <right/>
+      <left style="none"/>
+      <right style="none"/>
       <top style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </top>
-      <bottom style="medium">
-[...2 lines deleted...]
-      <diagonal/>
+      <bottom style="none"/>
+      <diagonal style="none"/>
     </border>
     <border>
-      <left/>
+      <left style="none"/>
       <right style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </right>
       <top style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </top>
-      <bottom style="medium">
-[...11 lines deleted...]
-      <diagonal/>
+      <bottom style="none"/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
-      <right style="thin">
-        <color indexed="64"/>
+      <right style="medium">
+        <color auto="1"/>
       </right>
-      <top style="medium">
-[...5 lines deleted...]
-      <diagonal/>
+      <top style="none"/>
+      <bottom style="none"/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </right>
       <top style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </top>
-      <bottom style="thin">
-[...2 lines deleted...]
-      <diagonal/>
+      <bottom style="none"/>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="none"/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="none"/>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="none"/>
+      <top style="none"/>
+      <bottom style="none"/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
-      <right style="medium">
-        <color indexed="64"/>
+      <right style="thin">
+        <color auto="1"/>
       </right>
-      <top style="medium">
-        <color indexed="64"/>
+      <top style="thin">
+        <color auto="1"/>
       </top>
-      <bottom style="thin">
-[...2 lines deleted...]
-      <diagonal/>
+      <bottom style="none"/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
-      <right/>
-[...4 lines deleted...]
-        <color indexed="64"/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="none"/>
+      <bottom style="medium">
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
-[...23 lines deleted...]
-      <diagonal/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
+      </left>
+      <right style="none"/>
+      <top style="none"/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </right>
-      <top style="thin">
-        <color indexed="64"/>
+      <top style="medium">
+        <color auto="1"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
-      <right style="medium">
-        <color indexed="64"/>
+      <right style="thin">
+        <color auto="1"/>
       </right>
-      <top style="thin">
-        <color indexed="64"/>
+      <top style="medium">
+        <color auto="1"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </top>
-      <bottom style="medium">
-        <color indexed="64"/>
+      <bottom style="thin">
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="none"/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
-      <right style="thin">
-        <color indexed="64"/>
+      <right style="medium">
+        <color auto="1"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </top>
-      <bottom style="medium">
-[...2 lines deleted...]
-      <diagonal/>
+      <bottom style="none"/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
       <right style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="none"/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </top>
       <bottom style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
-      <right/>
-[...1 lines deleted...]
-        <color indexed="64"/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
       </top>
-      <bottom/>
-[...20 lines deleted...]
-      <diagonal/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
-      <right/>
-[...1 lines deleted...]
-        <color indexed="64"/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
       </top>
-      <bottom style="thin">
-        <color indexed="64"/>
+      <bottom style="medium">
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
-[...21 lines deleted...]
-      <diagonal/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
-      <right/>
-[...1 lines deleted...]
-        <color indexed="64"/>
+      <right style="none"/>
+      <top style="medium">
+        <color auto="1"/>
       </top>
       <bottom style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
-[...8 lines deleted...]
-      <diagonal/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
-      <right/>
-[...2 lines deleted...]
-        <color indexed="64"/>
+      <right style="none"/>
+      <top style="none"/>
+      <bottom style="thin">
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
+      <diagonal style="none"/>
     </border>
     <border>
-      <left/>
+      <left style="none"/>
       <right style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </right>
-      <top/>
-[...1 lines deleted...]
-        <color indexed="64"/>
+      <top style="none"/>
+      <bottom style="thin">
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
-      <right/>
+      <right style="none"/>
       <top style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </top>
-      <bottom style="medium">
-        <color indexed="64"/>
+      <bottom style="thin">
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
-[...23 lines deleted...]
-      <diagonal/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
-      <right/>
-[...1 lines deleted...]
-        <color indexed="64"/>
+      <right style="none"/>
+      <top style="thin">
+        <color auto="1"/>
       </top>
-      <bottom style="thin">
-        <color indexed="64"/>
+      <bottom style="medium">
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
+      <diagonal style="none"/>
     </border>
     <border>
-      <left/>
-[...2 lines deleted...]
-        <color indexed="64"/>
+      <left style="none"/>
+      <right style="none"/>
+      <top style="thin">
+        <color auto="1"/>
       </top>
-      <bottom style="thin">
-        <color indexed="64"/>
+      <bottom style="medium">
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
+      <diagonal style="none"/>
     </border>
     <border>
-      <left/>
-[...4 lines deleted...]
-        <color indexed="64"/>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="none"/>
+      <top style="thin">
+        <color auto="1"/>
       </top>
-      <bottom style="thin">
-        <color indexed="64"/>
+      <bottom style="medium">
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
-[...19 lines deleted...]
-      <diagonal/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
-      <right/>
-      <top/>
+      <right style="none"/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
-[...93 lines deleted...]
-      <diagonal/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
+      <right style="none"/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="none"/>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
       <right style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </top>
-      <bottom/>
-      <diagonal/>
+      <bottom style="none"/>
+      <diagonal style="none"/>
+    </border>
+    <border>
+      <left style="none"/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="none"/>
+      <bottom style="none"/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </right>
-      <top/>
+      <top style="none"/>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
+      <diagonal style="none"/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </right>
-      <top/>
-[...1 lines deleted...]
-      <diagonal/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="none"/>
     </border>
     <border>
-      <left style="thin">
-[...49 lines deleted...]
-      </left>
+      <left style="none"/>
       <right style="medium">
-        <color indexed="64"/>
-[...49 lines deleted...]
-        <color indexed="64"/>
+        <color auto="1"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
-[...25 lines deleted...]
-        <color indexed="64"/>
+        <color auto="1"/>
       </top>
       <bottom style="medium">
-        <color indexed="64"/>
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
-[...40 lines deleted...]
-      <diagonal/>
+      <diagonal style="none"/>
     </border>
   </borders>
   <cellStyleXfs count="20">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+    <xf fontId="0" fillId="0" borderId="0" numFmtId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf fontId="1" fillId="2" borderId="0" numFmtId="0" applyNumberFormat="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="0"/>
+    <xf fontId="1" fillId="3" borderId="0" numFmtId="0" applyNumberFormat="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="0"/>
+    <xf fontId="1" fillId="0" borderId="1" numFmtId="0" applyNumberFormat="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="0"/>
+    <xf fontId="2" fillId="4" borderId="0" numFmtId="0" applyNumberFormat="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="0">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="8" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+    <xf fontId="1" fillId="5" borderId="0" numFmtId="0" applyNumberFormat="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="0"/>
+    <xf fontId="1" fillId="6" borderId="0" numFmtId="0" applyNumberFormat="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="0"/>
+    <xf fontId="1" fillId="0" borderId="2" numFmtId="0" applyNumberFormat="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="0"/>
+    <xf fontId="2" fillId="7" borderId="0" numFmtId="0" applyNumberFormat="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="0">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="9" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="11" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+    <xf fontId="1" fillId="8" borderId="0" numFmtId="0" applyNumberFormat="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="0"/>
+    <xf fontId="1" fillId="9" borderId="0" numFmtId="0" applyNumberFormat="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="0"/>
+    <xf fontId="1" fillId="0" borderId="3" numFmtId="0" applyNumberFormat="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="0"/>
+    <xf fontId="2" fillId="10" borderId="0" numFmtId="0" applyNumberFormat="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="0">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="12" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="14" borderId="0" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+    <xf fontId="3" fillId="0" borderId="0" numFmtId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf fontId="3" fillId="0" borderId="0" numFmtId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf fontId="3" fillId="0" borderId="0" numFmtId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf fontId="1" fillId="11" borderId="0" numFmtId="0" applyNumberFormat="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="0"/>
+    <xf fontId="1" fillId="12" borderId="0" numFmtId="0" applyNumberFormat="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="0"/>
+    <xf fontId="1" fillId="0" borderId="4" numFmtId="0" applyNumberFormat="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="0"/>
+    <xf fontId="2" fillId="13" borderId="0" numFmtId="0" applyNumberFormat="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="0">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="231">
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+  <cellXfs count="222">
+    <xf fontId="0" fillId="0" borderId="0" numFmtId="0" xfId="0"/>
+    <xf fontId="3" fillId="0" borderId="0" numFmtId="0" xfId="15" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="4" fillId="0" borderId="0" numFmtId="0" xfId="15" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="3" fillId="0" borderId="0" numFmtId="0" xfId="15" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="5" fillId="14" borderId="0" numFmtId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf fontId="6" fillId="14" borderId="0" numFmtId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf fontId="6" fillId="14" borderId="0" numFmtId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf fontId="7" fillId="15" borderId="5" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="7" fillId="15" borderId="6" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="7" fillId="15" borderId="7" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="8" fillId="0" borderId="0" numFmtId="0" xfId="15" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="8" fillId="0" borderId="0" numFmtId="0" xfId="15" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="9" fillId="15" borderId="8" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="10" fillId="16" borderId="9" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="10" fillId="16" borderId="10" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="10" fillId="16" borderId="11" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="9" fillId="15" borderId="12" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="10" fillId="0" borderId="13" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="10" fillId="0" borderId="14" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="10" fillId="0" borderId="15" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="16" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="17" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="18" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="19" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="17" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="19" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf fontId="8" fillId="0" borderId="20" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="21" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="13" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="14" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="22" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="13" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="22" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf fontId="8" fillId="0" borderId="23" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="13" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="22" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="8" fillId="0" borderId="23" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="15" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="21" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="23" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="0" borderId="21" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="0" borderId="23" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="21" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="21" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="23" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="10" fillId="16" borderId="13" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="10" fillId="16" borderId="14" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="10" fillId="16" borderId="15" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="16" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="0" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="16" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="14" fillId="17" borderId="24" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="14" fillId="17" borderId="25" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="14" fillId="17" borderId="26" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="21" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="21" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="14" fillId="17" borderId="27" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="14" fillId="17" borderId="0" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="14" fillId="17" borderId="28" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="9" fillId="15" borderId="29" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="30" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="30" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="31" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="30" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="14" fillId="17" borderId="32" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="14" fillId="17" borderId="31" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="14" fillId="17" borderId="33" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="9" fillId="15" borderId="34" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" vertical="center"/>
+    </xf>
+    <xf fontId="10" fillId="16" borderId="5" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="10" fillId="16" borderId="6" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="10" fillId="16" borderId="35" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="10" fillId="16" borderId="36" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="9" fillId="15" borderId="37" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" vertical="center"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="8" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="9" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="21" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="38" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="0" borderId="39" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="0" borderId="36" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="12" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="0" borderId="40" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="0" borderId="28" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="41" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="24" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="34" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="24" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="37" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="42" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="0" borderId="43" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="0" borderId="33" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="44" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="45" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="46" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="46" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="16" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="20" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="47" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="22" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="21" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="23" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="48" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="0" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="41" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="0" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="41" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="49" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="8" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="46" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="46" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="50" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="12" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="23" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="41" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="0" borderId="23" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="29" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="30" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="32" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="51" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="52" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="9" fillId="15" borderId="42" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" vertical="center"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="53" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="12" fillId="17" borderId="54" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="55" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="54" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="54" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="6" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="13" fillId="17" borderId="7" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="9" fillId="15" borderId="39" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="10" fillId="16" borderId="56" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="10" fillId="16" borderId="18" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="10" fillId="16" borderId="57" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="9" fillId="15" borderId="40" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="3" fillId="0" borderId="40" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="3" fillId="0" borderId="28" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="47" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="21" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="21" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="23" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="58" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="14" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="59" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="60" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="61" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="30" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="14" borderId="52" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="62" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="10" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="10" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="11" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="58" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="14" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="14" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="15" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="40" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="0" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="28" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf fontId="9" fillId="15" borderId="43" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" textRotation="90" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="43" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="31" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf fontId="11" fillId="17" borderId="33" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf fontId="3" fillId="0" borderId="0" numFmtId="0" xfId="15" applyFont="1"/>
+    <xf fontId="15" fillId="18" borderId="44" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="15" fillId="18" borderId="45" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="15" fillId="18" borderId="46" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="15" fillId="18" borderId="50" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="3" fillId="0" borderId="58" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf fontId="3" fillId="0" borderId="14" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf fontId="3" fillId="0" borderId="15" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf fontId="11" fillId="16" borderId="47" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="11" fillId="0" borderId="13" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="11" fillId="0" borderId="14" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="11" fillId="0" borderId="15" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="16" fillId="14" borderId="47" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="16" fillId="14" borderId="22" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="16" fillId="14" borderId="21" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="16" fillId="14" borderId="23" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="17" fillId="16" borderId="58" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="17" fillId="16" borderId="22" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="17" fillId="17" borderId="24" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="17" fillId="17" borderId="26" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="3" fillId="0" borderId="63" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf fontId="3" fillId="0" borderId="64" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf fontId="17" fillId="17" borderId="27" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="17" fillId="17" borderId="28" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="3" fillId="0" borderId="40" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf fontId="3" fillId="0" borderId="65" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf fontId="17" fillId="17" borderId="17" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="17" fillId="17" borderId="57" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="17" fillId="16" borderId="24" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="17" fillId="16" borderId="26" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="17" fillId="16" borderId="27" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="17" fillId="16" borderId="28" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="3" fillId="0" borderId="56" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf fontId="3" fillId="0" borderId="19" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf fontId="17" fillId="16" borderId="17" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="17" fillId="16" borderId="57" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="17" fillId="16" borderId="47" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="17" fillId="16" borderId="21" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="17" fillId="16" borderId="23" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="17" fillId="17" borderId="48" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="3" fillId="17" borderId="13" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf fontId="3" fillId="17" borderId="13" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="3" fillId="17" borderId="15" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="17" fillId="17" borderId="12" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="17" fillId="17" borderId="66" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="3" fillId="0" borderId="21" numFmtId="0" xfId="15" applyFont="1" applyBorder="1"/>
+    <xf fontId="3" fillId="0" borderId="13" numFmtId="0" xfId="15" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf fontId="17" fillId="16" borderId="47" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf fontId="18" fillId="16" borderId="21" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="18" fillId="16" borderId="23" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf fontId="3" fillId="17" borderId="48" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf fontId="3" fillId="17" borderId="13" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf fontId="3" fillId="17" borderId="14" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf fontId="3" fillId="17" borderId="15" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf fontId="3" fillId="17" borderId="67" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf fontId="3" fillId="17" borderId="61" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf fontId="3" fillId="17" borderId="60" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf fontId="3" fillId="17" borderId="68" numFmtId="0" xfId="15" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf fontId="19" fillId="0" borderId="0" numFmtId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf fontId="19" fillId="0" borderId="0" numFmtId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf fontId="20" fillId="19" borderId="21" numFmtId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf fontId="19" fillId="0" borderId="21" numFmtId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...672 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="20">
-    <cellStyle name="Blue 1" xfId="2" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
-[...10 lines deleted...]
-    <cellStyle name="Green Header" xfId="13" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="Blue 1" xfId="1"/>
+    <cellStyle name="Blue 2" xfId="2"/>
+    <cellStyle name="Blue 3" xfId="3"/>
+    <cellStyle name="Blue Header" xfId="4"/>
+    <cellStyle name="Gray 1" xfId="5"/>
+    <cellStyle name="Gray 2" xfId="6"/>
+    <cellStyle name="Gray 3" xfId="7"/>
+    <cellStyle name="Gray Header" xfId="8"/>
+    <cellStyle name="Green 1" xfId="9"/>
+    <cellStyle name="Green 2" xfId="10"/>
+    <cellStyle name="Green 3" xfId="11"/>
+    <cellStyle name="Green Header" xfId="12"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
-[...5 lines deleted...]
-    <cellStyle name="Orange Header" xfId="17" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
+    <cellStyle name="Normal 2" xfId="13"/>
+    <cellStyle name="Normal 3" xfId="14"/>
+    <cellStyle name="Normal 4" xfId="15"/>
+    <cellStyle name="Orange 1" xfId="16"/>
+    <cellStyle name="Orange 2" xfId="17"/>
+    <cellStyle name="Orange 3" xfId="18"/>
+    <cellStyle name="Orange Header" xfId="19"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship  Id="rId1" Type="http://schemas.onlyoffice.com/jsaProject" Target="jsaProject.bin"/><Relationship  Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship  Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship  Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship  Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship  Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship  Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship  Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship  Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship  Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship  Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>8</xdr:col>
-      <xdr:colOff>59764</xdr:colOff>
+      <xdr:colOff>59763</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>7470</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>1909076</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>370814</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="3" name="Group 2">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="0" name=""/>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
-      <xdr:grpSpPr>
+      <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
           <a:off x="13830193" y="9677613"/>
-          <a:ext cx="2302883" cy="2086915"/>
+          <a:ext cx="2302883" cy="2086914"/>
           <a:chOff x="9439218" y="6189879"/>
           <a:chExt cx="5626780" cy="5594561"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
-          <xdr:cNvPr id="4" name="Picture 3" descr="Etiqueta SGA | Etiqueta de sustancias Químicas | Etiqueta GHS">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="4" name="Picture 3" descr="Etiqueta SGA | Etiqueta de sustancias Químicas | Etiqueta GHS"/>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
-        <xdr:blipFill>
-[...10 lines deleted...]
-          </a:stretch>
+        <xdr:blipFill rotWithShape="1">
+          <a:blip r:embed="rId1"/>
+          <a:stretch/>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="9439218" y="6189879"/>
             <a:ext cx="5626780" cy="5594561"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
         </xdr:spPr>
       </xdr:pic>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="5" name="Rectangle 4">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="5" name="Rectangle 4"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="12073779" y="7399866"/>
+            <a:off x="12073779" y="7399865"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="6" name="Rectangle 5">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="6" name="Rectangle 5"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13033537" y="8404980"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="7" name="Rectangle 6">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="7" name="Rectangle 6"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11117652" y="8366880"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="8" name="Rectangle 7">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="8" name="Rectangle 7"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="12059266" y="9390137"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="9" name="Rectangle 8">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="9" name="Rectangle 8"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13971523" y="9342965"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="10" name="Rectangle 9">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="10" name="Rectangle 9"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11148495" y="10212008"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="11" name="Rectangle 10">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="11" name="Rectangle 10"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="10185109" y="9339336"/>
+            <a:off x="10185108" y="9339336"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="12" name="Rectangle 11">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="12" name="Rectangle 11"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13031723" y="10208379"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="13" name="Rectangle 12">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="13" name="Rectangle 12"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="12122766" y="11104636"/>
+            <a:off x="12122766" y="11104635"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>360588</xdr:colOff>
       <xdr:row>20</xdr:row>
-      <xdr:rowOff>34017</xdr:rowOff>
+      <xdr:rowOff>34016</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>3490231</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>70756</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="2" name="Group 1">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="0" name=""/>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
-      <xdr:grpSpPr>
+      <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
           <a:off x="360588" y="8095756"/>
           <a:ext cx="3129643" cy="1196304"/>
           <a:chOff x="190500" y="6504214"/>
           <a:chExt cx="3129643" cy="1227364"/>
         </a:xfrm>
       </xdr:grpSpPr>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="3" name="Rectangle 2">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="3" name="Rectangle 2"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="190500" y="6504214"/>
             <a:ext cx="489857" cy="489857"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l"/>
+            <a:pPr algn="l">
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="es-CR" sz="1100"/>
               <a:t>f</a:t>
             </a:r>
+            <a:endParaRPr/>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="4" name="Rectangle 3">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="4" name="Rectangle 3"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="193222" y="7241721"/>
             <a:ext cx="489857" cy="489857"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l"/>
+            <a:pPr algn="l">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1100"/>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="5" name="TextBox 4">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="5" name="TextBox 4"/>
           <xdr:cNvSpPr txBox="1"/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="775607" y="6517822"/>
             <a:ext cx="2544536" cy="449036"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln w="9525" cmpd="sng">
             <a:noFill/>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="0">
-            <a:scrgbClr r="0" g="0" b="0"/>
+            <a:srgbClr val="000000"/>
           </a:lnRef>
           <a:fillRef idx="0">
-            <a:scrgbClr r="0" g="0" b="0"/>
+            <a:srgbClr val="000000"/>
           </a:fillRef>
           <a:effectRef idx="0">
-            <a:scrgbClr r="0" g="0" b="0"/>
+            <a:srgbClr val="000000"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="es-CR" sz="3200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>PELIGRO</a:t>
             </a:r>
+            <a:endParaRPr/>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="6" name="TextBox 5">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="6" name="TextBox 5"/>
           <xdr:cNvSpPr txBox="1"/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="751114" y="7268935"/>
             <a:ext cx="2544536" cy="449036"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
           <a:ln w="9525" cmpd="sng">
             <a:noFill/>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="0">
-            <a:scrgbClr r="0" g="0" b="0"/>
+            <a:srgbClr val="000000"/>
           </a:lnRef>
           <a:fillRef idx="0">
-            <a:scrgbClr r="0" g="0" b="0"/>
+            <a:srgbClr val="000000"/>
           </a:fillRef>
           <a:effectRef idx="0">
-            <a:scrgbClr r="0" g="0" b="0"/>
+            <a:srgbClr val="000000"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="es-CR" sz="3200" b="1">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>ATENCIÓN</a:t>
             </a:r>
+            <a:endParaRPr/>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>171901</xdr:colOff>
+      <xdr:colOff>171900</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>46729</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="3937456" cy="3599475"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Picture 6">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="7" name="Picture 6"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
-[...10 lines deleted...]
-        </a:stretch>
+      <xdr:blipFill rotWithShape="1">
+        <a:blip r:embed="rId1"/>
+        <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4322080" y="3543765"/>
           <a:ext cx="3937456" cy="3599475"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="19050">
           <a:solidFill>
             <a:schemeClr val="tx1">
               <a:lumMod val="50000"/>
               <a:lumOff val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
-        <a:extLst>
-[...7 lines deleted...]
-        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>272560</xdr:colOff>
       <xdr:row>13</xdr:row>
-      <xdr:rowOff>45425</xdr:rowOff>
+      <xdr:rowOff>45424</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>674077</xdr:colOff>
+      <xdr:colOff>674076</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>337039</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
+    <xdr:sp>
       <xdr:nvSpPr>
-        <xdr:cNvPr id="22" name="Rectangle 21">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="22" name="Rectangle 21"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="2101360" y="2140925"/>
           <a:ext cx="334842" cy="148739"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="56000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr"/>
+          <a:pPr algn="ctr">
+            <a:defRPr/>
+          </a:pPr>
           <a:endParaRPr lang="es-CR" sz="1800">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>271095</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>344363</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>672612</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>635977</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
+    <xdr:sp>
       <xdr:nvSpPr>
-        <xdr:cNvPr id="23" name="Rectangle 22">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="23" name="Rectangle 22"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="2099895" y="2287463"/>
           <a:ext cx="334842" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="56000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr"/>
+          <a:pPr algn="ctr">
+            <a:defRPr/>
+          </a:pPr>
           <a:endParaRPr lang="es-CR" sz="1800">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>269630</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>643301</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>671147</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>202222</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
+    <xdr:sp>
       <xdr:nvSpPr>
-        <xdr:cNvPr id="24" name="Rectangle 23">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="24" name="Rectangle 23"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="2098430" y="2281601"/>
           <a:ext cx="344367" cy="197096"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="56000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr"/>
+          <a:pPr algn="ctr">
+            <a:defRPr/>
+          </a:pPr>
           <a:endParaRPr lang="es-CR" sz="1800">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>271094</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>205151</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>672611</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>496765</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
+    <xdr:sp>
       <xdr:nvSpPr>
-        <xdr:cNvPr id="25" name="Rectangle 24">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="25" name="Rectangle 24"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="2099894" y="2472101"/>
           <a:ext cx="334842" cy="5864"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="56000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr"/>
+          <a:pPr algn="ctr">
+            <a:defRPr/>
+          </a:pPr>
           <a:endParaRPr lang="es-CR" sz="1800">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>269629</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>504089</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>671146</xdr:colOff>
       <xdr:row>15</xdr:row>
-      <xdr:rowOff>63011</xdr:rowOff>
+      <xdr:rowOff>63010</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
+    <xdr:sp>
       <xdr:nvSpPr>
-        <xdr:cNvPr id="26" name="Rectangle 25">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="26" name="Rectangle 25"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="2098429" y="2475764"/>
           <a:ext cx="344367" cy="63747"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="56000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr"/>
+          <a:pPr algn="ctr">
+            <a:defRPr/>
+          </a:pPr>
           <a:endParaRPr lang="es-CR" sz="1800">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>268164</xdr:colOff>
+      <xdr:colOff>268163</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>70335</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>674077</xdr:colOff>
+      <xdr:colOff>674076</xdr:colOff>
       <xdr:row>15</xdr:row>
-      <xdr:rowOff>361949</xdr:rowOff>
+      <xdr:rowOff>361948</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
+    <xdr:sp>
       <xdr:nvSpPr>
-        <xdr:cNvPr id="27" name="Rectangle 26">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="27" name="Rectangle 26"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="2096964" y="2546835"/>
-          <a:ext cx="339238" cy="120164"/>
+          <a:ext cx="339238" cy="120163"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="56000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr"/>
+          <a:pPr algn="ctr">
+            <a:defRPr/>
+          </a:pPr>
           <a:endParaRPr lang="es-CR" sz="1800">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>274027</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>373673</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>675544</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>665287</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
+    <xdr:sp>
       <xdr:nvSpPr>
-        <xdr:cNvPr id="28" name="Rectangle 27">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="28" name="Rectangle 27"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="2102827" y="2669198"/>
           <a:ext cx="334842" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="56000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr"/>
+          <a:pPr algn="ctr">
+            <a:defRPr/>
+          </a:pPr>
           <a:endParaRPr lang="es-CR" sz="1800">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>272562</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>679938</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>674079</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>238860</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
+    <xdr:sp>
       <xdr:nvSpPr>
-        <xdr:cNvPr id="29" name="Rectangle 28">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="29" name="Rectangle 28"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="2101362" y="2670663"/>
           <a:ext cx="334842" cy="187572"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="56000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr"/>
+          <a:pPr algn="ctr">
+            <a:defRPr/>
+          </a:pPr>
           <a:endParaRPr lang="es-CR" sz="1800">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>271097</xdr:colOff>
+      <xdr:colOff>271096</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>231529</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>672614</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>556846</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
+    <xdr:sp>
       <xdr:nvSpPr>
-        <xdr:cNvPr id="30" name="Rectangle 29">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="30" name="Rectangle 29"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="2099897" y="2860429"/>
           <a:ext cx="334842" cy="1467"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="56000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr"/>
+          <a:pPr algn="ctr">
+            <a:defRPr/>
+          </a:pPr>
           <a:endParaRPr lang="es-CR" sz="1800">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>274027</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>556847</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>675544</xdr:colOff>
       <xdr:row>17</xdr:row>
-      <xdr:rowOff>115768</xdr:rowOff>
+      <xdr:rowOff>115767</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
+    <xdr:sp>
       <xdr:nvSpPr>
-        <xdr:cNvPr id="31" name="Rectangle 30">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="31" name="Rectangle 30"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="2102827" y="2861897"/>
           <a:ext cx="334842" cy="111371"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="56000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr"/>
+          <a:pPr algn="ctr">
+            <a:defRPr/>
+          </a:pPr>
           <a:endParaRPr lang="es-CR" sz="1800">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>272562</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>123092</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>674079</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>414706</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
+    <xdr:sp>
       <xdr:nvSpPr>
-        <xdr:cNvPr id="32" name="Rectangle 31">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="32" name="Rectangle 31"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="2101362" y="2980592"/>
           <a:ext cx="334842" cy="63014"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="56000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr"/>
+          <a:pPr algn="ctr">
+            <a:defRPr/>
+          </a:pPr>
           <a:endParaRPr lang="es-CR" sz="1800">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>271097</xdr:colOff>
+      <xdr:colOff>271096</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>422030</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>672614</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>713644</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
+    <xdr:sp>
       <xdr:nvSpPr>
-        <xdr:cNvPr id="33" name="Rectangle 32">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="33" name="Rectangle 32"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="2099897" y="3050930"/>
           <a:ext cx="334842" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="56000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr"/>
+          <a:pPr algn="ctr">
+            <a:defRPr/>
+          </a:pPr>
           <a:endParaRPr lang="es-CR" sz="1800">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>360588</xdr:colOff>
       <xdr:row>20</xdr:row>
-      <xdr:rowOff>34017</xdr:rowOff>
+      <xdr:rowOff>34016</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>864577</xdr:colOff>
       <xdr:row>22</xdr:row>
-      <xdr:rowOff>43962</xdr:rowOff>
+      <xdr:rowOff>43961</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
+    <xdr:sp>
       <xdr:nvSpPr>
-        <xdr:cNvPr id="34" name="Rectangle 33">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="34" name="Rectangle 33"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="360588" y="3463017"/>
           <a:ext cx="246814" cy="390945"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="56000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr"/>
+          <a:pPr algn="ctr">
+            <a:defRPr/>
+          </a:pPr>
           <a:endParaRPr lang="es-CR" sz="1800">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>359123</xdr:colOff>
       <xdr:row>23</xdr:row>
-      <xdr:rowOff>61859</xdr:rowOff>
+      <xdr:rowOff>61858</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>863112</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>71804</xdr:rowOff>
     </xdr:to>
-    <xdr:sp macro="" textlink="">
+    <xdr:sp>
       <xdr:nvSpPr>
-        <xdr:cNvPr id="35" name="Rectangle 34">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="35" name="Rectangle 34"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="359123" y="4062359"/>
           <a:ext cx="246814" cy="390945"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="56000"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
-          <a:pPr algn="ctr"/>
+          <a:pPr algn="ctr">
+            <a:defRPr/>
+          </a:pPr>
           <a:endParaRPr lang="es-CR" sz="1800">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>101193</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>181401</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>46131</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>71853</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="46" name="Group 45">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="0" name=""/>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
-      <xdr:grpSpPr>
+      <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="101193" y="3185227"/>
+          <a:off x="101193" y="3185226"/>
           <a:ext cx="4251895" cy="3788800"/>
           <a:chOff x="9439218" y="6189879"/>
           <a:chExt cx="5626780" cy="5594561"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
-          <xdr:cNvPr id="37" name="Picture 36" descr="Etiqueta SGA | Etiqueta de sustancias Químicas | Etiqueta GHS">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="37" name="Picture 36" descr="Etiqueta SGA | Etiqueta de sustancias Químicas | Etiqueta GHS"/>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
-        <xdr:blipFill>
-[...10 lines deleted...]
-          </a:stretch>
+        <xdr:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2"/>
+          <a:stretch/>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="9439218" y="6189879"/>
             <a:ext cx="5626780" cy="5594561"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
         </xdr:spPr>
       </xdr:pic>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="36" name="Rectangle 35">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="36" name="Rectangle 35"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="12073779" y="7399866"/>
+            <a:off x="12073779" y="7399865"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="38" name="Rectangle 37">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="38" name="Rectangle 37"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13033537" y="8404980"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="39" name="Rectangle 38">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="39" name="Rectangle 38"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11117652" y="8366880"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="40" name="Rectangle 39">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="40" name="Rectangle 39"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="12059266" y="9390137"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="41" name="Rectangle 40">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="41" name="Rectangle 40"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13971523" y="9342965"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="42" name="Rectangle 41">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="42" name="Rectangle 41"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11148495" y="10212008"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="43" name="Rectangle 42">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="43" name="Rectangle 42"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="10185109" y="9339336"/>
+            <a:off x="10185108" y="9339336"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="44" name="Rectangle 43">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="44" name="Rectangle 43"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13031723" y="10208379"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
-      <xdr:sp macro="" textlink="">
+      <xdr:sp>
         <xdr:nvSpPr>
-          <xdr:cNvPr id="45" name="Rectangle 44">
-[...5 lines deleted...]
-          </xdr:cNvPr>
+          <xdr:cNvPr id="45" name="Rectangle 44"/>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
-        <xdr:spPr>
+        <xdr:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="12122766" y="11104636"/>
+            <a:off x="12122766" y="11104635"/>
             <a:ext cx="236149" cy="238277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </xdr:spPr>
         <xdr:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:endParaRPr lang="es-CR" sz="1800">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
@@ -5376,1582 +5044,1772 @@
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill>
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill>
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill>
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle"/>
+        </a:gradFill>
+        <a:gradFill>
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
   <a:objectDefaults>
     <a:spDef>
       <a:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1" cy="1"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst/>
         </a:custGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
-      <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
+      <a:bodyPr/>
       <a:lstStyle/>
     </a:spDef>
     <a:lnDef>
       <a:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1" cy="1"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst/>
         </a:custGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
-      <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
+      <a:bodyPr/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship  Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship  Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E2C0CFBA-6ED3-47B1-8DA9-E072065C154E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac">
   <sheetPr>
-    <pageSetUpPr fitToPage="1"/>
+    <outlinePr applyStyles="0" summaryBelow="1" summaryRight="1" showOutlineSymbols="1"/>
+    <pageSetUpPr autoPageBreaks="1" fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K47"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="55" zoomScaleSheetLayoutView="70" zoomScalePageLayoutView="19" workbookViewId="0">
-      <selection activeCell="C10" sqref="C10:J10"/>
+    <sheetView view="pageBreakPreview" zoomScale="70" workbookViewId="0">
+      <selection activeCell="C10" activeCellId="0" sqref="C10:J10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="24" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="8.83203125" style="15" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13" max="16384" width="9.1640625" style="12"/>
+    <col customWidth="1" min="1" max="1" style="2" width="8.83203125"/>
+    <col customWidth="1" min="2" max="2" style="3" width="52.5"/>
+    <col customWidth="1" min="3" max="3" style="3" width="6"/>
+    <col customWidth="1" min="4" max="4" style="1" width="31.83203125"/>
+    <col customWidth="1" min="5" max="5" style="1" width="17.5"/>
+    <col customWidth="1" min="6" max="6" style="1" width="27.6640625"/>
+    <col customWidth="1" min="7" max="7" style="1" width="6"/>
+    <col customWidth="1" min="8" max="8" style="1" width="30.1640625"/>
+    <col customWidth="1" min="9" max="9" style="1" width="6"/>
+    <col customWidth="1" min="10" max="10" style="1" width="43.6640625"/>
+    <col min="11" max="11" style="1" width="9.1640625"/>
+    <col bestFit="1" customWidth="1" min="12" max="12" style="1" width="47.5"/>
+    <col min="13" max="16384" style="1" width="9.1640625"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="20" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-      <c r="F1" s="74">
+    <row r="1" ht="19.5">
+      <c r="A1" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="4"/>
+      <c r="C1" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D1" s="5"/>
+      <c r="E1" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="F1" s="5">
         <v>4</v>
       </c>
-      <c r="G1" s="178" t="s">
-[...25 lines deleted...]
-      <c r="A3" s="102" t="s">
+      <c r="G1" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="H1" s="4"/>
+      <c r="I1" s="5"/>
+      <c r="J1" s="5"/>
+      <c r="K1" s="5"/>
+    </row>
+    <row r="2" ht="19.5">
+      <c r="A2" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B2" s="6"/>
+      <c r="C2" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D2" s="5"/>
+      <c r="E2" s="5"/>
+      <c r="F2" s="5"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5"/>
+      <c r="K2" s="5"/>
+    </row>
+    <row r="3" ht="30.75" customHeight="1">
+      <c r="A3" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3" s="8"/>
+      <c r="C3" s="8"/>
+      <c r="D3" s="8"/>
+      <c r="E3" s="8"/>
+      <c r="F3" s="8"/>
+      <c r="G3" s="8"/>
+      <c r="H3" s="8"/>
+      <c r="I3" s="8"/>
+      <c r="J3" s="9"/>
+    </row>
+    <row r="4" ht="2.25" customHeight="1">
+      <c r="B4" s="10"/>
+      <c r="C4" s="10"/>
+      <c r="D4" s="11"/>
+      <c r="E4" s="11"/>
+      <c r="F4" s="11"/>
+      <c r="G4" s="11"/>
+      <c r="H4" s="11"/>
+      <c r="I4" s="11"/>
+      <c r="J4" s="11"/>
+    </row>
+    <row r="5" ht="24.75" customHeight="1">
+      <c r="A5" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="14"/>
+      <c r="D5" s="14"/>
+      <c r="E5" s="14"/>
+      <c r="F5" s="14"/>
+      <c r="G5" s="14"/>
+      <c r="H5" s="14"/>
+      <c r="I5" s="14"/>
+      <c r="J5" s="15"/>
+    </row>
+    <row r="6" ht="19.5" customHeight="1">
+      <c r="A6" s="16"/>
+      <c r="B6" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" s="18"/>
+      <c r="D6" s="18"/>
+      <c r="E6" s="18"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="18"/>
+      <c r="H6" s="18"/>
+      <c r="I6" s="18"/>
+      <c r="J6" s="19"/>
+    </row>
+    <row r="7" ht="30.75" customHeight="1">
+      <c r="A7" s="16"/>
+      <c r="B7" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" s="21"/>
+      <c r="D7" s="22"/>
+      <c r="E7" s="22"/>
+      <c r="F7" s="22"/>
+      <c r="G7" s="23"/>
+      <c r="H7" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="I7" s="25"/>
+      <c r="J7" s="26"/>
+    </row>
+    <row r="8" ht="30.75" customHeight="1">
+      <c r="A8" s="16"/>
+      <c r="B8" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="C8" s="28"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="29"/>
+      <c r="F8" s="29"/>
+      <c r="G8" s="30"/>
+      <c r="H8" s="31" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" s="32"/>
+      <c r="J8" s="33"/>
+    </row>
+    <row r="9" ht="65" customHeight="1">
+      <c r="A9" s="16"/>
+      <c r="B9" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="28"/>
+      <c r="D9" s="29"/>
+      <c r="E9" s="29"/>
+      <c r="F9" s="29"/>
+      <c r="G9" s="30"/>
+      <c r="H9" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" s="35"/>
+      <c r="J9" s="36"/>
+    </row>
+    <row r="10" ht="48" customHeight="1">
+      <c r="A10" s="16"/>
+      <c r="B10" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="C10" s="28"/>
+      <c r="D10" s="29"/>
+      <c r="E10" s="29"/>
+      <c r="F10" s="29"/>
+      <c r="G10" s="29"/>
+      <c r="H10" s="29"/>
+      <c r="I10" s="29"/>
+      <c r="J10" s="37"/>
+    </row>
+    <row r="11" ht="67.5" customHeight="1">
+      <c r="A11" s="16"/>
+      <c r="B11" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C11" s="38"/>
+      <c r="D11" s="38"/>
+      <c r="E11" s="38"/>
+      <c r="F11" s="38"/>
+      <c r="G11" s="38"/>
+      <c r="H11" s="38"/>
+      <c r="I11" s="38"/>
+      <c r="J11" s="39"/>
+    </row>
+    <row r="12" ht="39.75" customHeight="1">
+      <c r="A12" s="16"/>
+      <c r="B12" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="C12" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" s="40"/>
+      <c r="E12" s="40"/>
+      <c r="F12" s="40"/>
+      <c r="G12" s="40"/>
+      <c r="H12" s="40"/>
+      <c r="I12" s="40"/>
+      <c r="J12" s="41"/>
+    </row>
+    <row r="13" ht="72.5" customHeight="1">
+      <c r="A13" s="16"/>
+      <c r="B13" s="27"/>
+      <c r="C13" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" s="27"/>
+      <c r="E13" s="27"/>
+      <c r="F13" s="27"/>
+      <c r="G13" s="42"/>
+      <c r="H13" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="I13" s="43"/>
+      <c r="J13" s="44" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="14" ht="24.75" customHeight="1">
+      <c r="A14" s="16"/>
+      <c r="B14" s="45" t="s">
+        <v>23</v>
+      </c>
+      <c r="C14" s="46"/>
+      <c r="D14" s="46"/>
+      <c r="E14" s="46"/>
+      <c r="F14" s="46"/>
+      <c r="G14" s="46"/>
+      <c r="H14" s="46"/>
+      <c r="I14" s="46"/>
+      <c r="J14" s="47"/>
+    </row>
+    <row r="15" ht="41.25" customHeight="1">
+      <c r="A15" s="16"/>
+      <c r="B15" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="C15" s="48"/>
+      <c r="D15" s="49" t="s">
+        <v>25</v>
+      </c>
+      <c r="E15" s="50"/>
+      <c r="F15" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="G15" s="51" t="s">
         <v>27</v>
       </c>
-      <c r="B3" s="103"/>
-[...21 lines deleted...]
-      <c r="A5" s="139" t="s">
+      <c r="H15" s="52"/>
+      <c r="I15" s="52"/>
+      <c r="J15" s="53"/>
+    </row>
+    <row r="16" ht="87.5" customHeight="1">
+      <c r="A16" s="16"/>
+      <c r="B16" s="27" t="s">
         <v>28</v>
       </c>
-      <c r="B5" s="165" t="s">
+      <c r="C16" s="54"/>
+      <c r="D16" s="49" t="s">
+        <v>25</v>
+      </c>
+      <c r="E16" s="55"/>
+      <c r="F16" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="G16" s="56"/>
+      <c r="H16" s="57"/>
+      <c r="I16" s="57"/>
+      <c r="J16" s="58"/>
+    </row>
+    <row r="17" ht="77.5" customHeight="1">
+      <c r="A17" s="59"/>
+      <c r="B17" s="60" t="s">
         <v>29</v>
       </c>
-      <c r="C5" s="166"/>
-[...24 lines deleted...]
-      <c r="B7" s="63" t="s">
+      <c r="C17" s="61"/>
+      <c r="D17" s="62" t="s">
+        <v>25</v>
+      </c>
+      <c r="E17" s="63"/>
+      <c r="F17" s="62" t="s">
+        <v>26</v>
+      </c>
+      <c r="G17" s="64"/>
+      <c r="H17" s="65"/>
+      <c r="I17" s="65"/>
+      <c r="J17" s="66"/>
+    </row>
+    <row r="18" ht="24.75" customHeight="1">
+      <c r="A18" s="67" t="s">
         <v>30</v>
       </c>
-      <c r="C7" s="162"/>
-[...4 lines deleted...]
-      <c r="H7" s="133" t="s">
+      <c r="B18" s="68" t="s">
         <v>31</v>
       </c>
-      <c r="I7" s="134"/>
-[...4 lines deleted...]
-      <c r="B8" s="32" t="s">
+      <c r="C18" s="69"/>
+      <c r="D18" s="69"/>
+      <c r="E18" s="69"/>
+      <c r="F18" s="69"/>
+      <c r="G18" s="69"/>
+      <c r="H18" s="69"/>
+      <c r="I18" s="70"/>
+      <c r="J18" s="71"/>
+    </row>
+    <row r="19" ht="37.5">
+      <c r="A19" s="72"/>
+      <c r="B19" s="73" t="s">
         <v>32</v>
       </c>
-      <c r="C8" s="116"/>
-[...4 lines deleted...]
-      <c r="H8" s="176" t="s">
+      <c r="C19" s="74"/>
+      <c r="D19" s="75" t="s">
         <v>33</v>
       </c>
-      <c r="I8" s="177"/>
-[...20 lines deleted...]
-      <c r="B10" s="32" t="s">
+      <c r="E19" s="76"/>
+      <c r="F19" s="75" t="s">
         <v>34</v>
       </c>
-      <c r="C10" s="116"/>
-[...10 lines deleted...]
-      <c r="B11" s="32" t="s">
+      <c r="G19" s="76"/>
+      <c r="H19" s="75" t="s">
         <v>35</v>
       </c>
-      <c r="C11" s="160"/>
-[...10 lines deleted...]
-      <c r="B12" s="119" t="s">
+      <c r="I19" s="77"/>
+      <c r="J19" s="78"/>
+    </row>
+    <row r="20" ht="59" customHeight="1">
+      <c r="A20" s="72"/>
+      <c r="B20" s="79"/>
+      <c r="C20" s="28"/>
+      <c r="D20" s="75" t="s">
         <v>36</v>
       </c>
-      <c r="C12" s="154" t="s">
+      <c r="E20" s="75"/>
+      <c r="F20" s="75" t="s">
         <v>37</v>
       </c>
-      <c r="D12" s="154"/>
-[...10 lines deleted...]
-      <c r="C13" s="119" t="s">
+      <c r="G20" s="75"/>
+      <c r="H20" s="75" t="s">
         <v>38</v>
       </c>
-      <c r="D13" s="119"/>
-[...3 lines deleted...]
-      <c r="H13" s="65" t="s">
+      <c r="I20" s="80"/>
+      <c r="J20" s="81"/>
+    </row>
+    <row r="21" ht="38.25" customHeight="1">
+      <c r="A21" s="72"/>
+      <c r="B21" s="79"/>
+      <c r="C21" s="28"/>
+      <c r="D21" s="75" t="s">
         <v>39</v>
       </c>
-      <c r="I13" s="65"/>
-      <c r="J13" s="64" t="s">
+      <c r="E21" s="75"/>
+      <c r="F21" s="75" t="s">
         <v>40</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B14" s="105" t="s">
+      <c r="G21" s="82"/>
+      <c r="H21" s="82"/>
+      <c r="I21" s="80"/>
+      <c r="J21" s="81"/>
+    </row>
+    <row r="22" ht="38.25" customHeight="1">
+      <c r="A22" s="72"/>
+      <c r="B22" s="79"/>
+      <c r="C22" s="28"/>
+      <c r="D22" s="82" t="s">
         <v>41</v>
       </c>
-      <c r="C14" s="106"/>
-[...10 lines deleted...]
-      <c r="B15" s="63" t="s">
+      <c r="E22" s="75"/>
+      <c r="F22" s="75" t="s">
         <v>42</v>
       </c>
-      <c r="C15" s="62"/>
-[...7 lines deleted...]
-      <c r="G15" s="145" t="s">
+      <c r="G22" s="83"/>
+      <c r="H22" s="84" t="s">
         <v>43</v>
       </c>
-      <c r="H15" s="146"/>
-[...5 lines deleted...]
-      <c r="B16" s="32" t="s">
+      <c r="I22" s="80"/>
+      <c r="J22" s="81"/>
+    </row>
+    <row r="23" ht="38.25" customHeight="1">
+      <c r="A23" s="72"/>
+      <c r="B23" s="79"/>
+      <c r="C23" s="85"/>
+      <c r="D23" s="82" t="s">
         <v>44</v>
       </c>
-      <c r="C16" s="31"/>
-[...14 lines deleted...]
-      <c r="B17" s="60" t="s">
+      <c r="E23" s="82"/>
+      <c r="F23" s="82" t="s">
         <v>45</v>
       </c>
-      <c r="C17" s="27"/>
-[...13 lines deleted...]
-      <c r="A18" s="157" t="s">
+      <c r="G23" s="83"/>
+      <c r="H23" s="86"/>
+      <c r="I23" s="80"/>
+      <c r="J23" s="81"/>
+    </row>
+    <row r="24" ht="38.25" customHeight="1">
+      <c r="A24" s="72"/>
+      <c r="B24" s="79"/>
+      <c r="C24" s="85"/>
+      <c r="D24" s="82" t="s">
         <v>46</v>
       </c>
-      <c r="B18" s="172" t="s">
+      <c r="E24" s="82"/>
+      <c r="F24" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="C18" s="173"/>
-[...10 lines deleted...]
-      <c r="B19" s="168" t="s">
+      <c r="G24" s="83"/>
+      <c r="H24" s="87"/>
+      <c r="I24" s="88"/>
+      <c r="J24" s="89"/>
+    </row>
+    <row r="25" ht="38.25" customHeight="1">
+      <c r="A25" s="72"/>
+      <c r="B25" s="90" t="s">
         <v>48</v>
       </c>
-      <c r="C19" s="57"/>
-      <c r="D19" s="54" t="s">
+      <c r="C25" s="91"/>
+      <c r="D25" s="92" t="s">
         <v>49</v>
       </c>
-      <c r="E19" s="56"/>
-      <c r="F19" s="54" t="s">
+      <c r="E25" s="92"/>
+      <c r="F25" s="92" t="s">
         <v>50</v>
       </c>
-      <c r="G19" s="56"/>
-      <c r="H19" s="54" t="s">
+      <c r="G25" s="93"/>
+      <c r="H25" s="92" t="s">
         <v>51</v>
       </c>
-      <c r="I19" s="90"/>
-[...6 lines deleted...]
-      <c r="D20" s="54" t="s">
+      <c r="I25" s="94"/>
+      <c r="J25" s="95" t="s">
         <v>52</v>
       </c>
-      <c r="E20" s="54"/>
-      <c r="F20" s="54" t="s">
+    </row>
+    <row r="26" ht="38.25" customHeight="1">
+      <c r="A26" s="72"/>
+      <c r="B26" s="96"/>
+      <c r="C26" s="97"/>
+      <c r="D26" s="98" t="s">
         <v>53</v>
       </c>
-      <c r="G20" s="54"/>
-      <c r="H20" s="54" t="s">
+      <c r="E26" s="98"/>
+      <c r="F26" s="98" t="s">
         <v>54</v>
       </c>
-      <c r="I20" s="92"/>
-[...6 lines deleted...]
-      <c r="D21" s="54" t="s">
+      <c r="G26" s="98"/>
+      <c r="H26" s="98" t="s">
         <v>55</v>
       </c>
-      <c r="E21" s="54"/>
-      <c r="F21" s="54" t="s">
+      <c r="I26" s="98"/>
+      <c r="J26" s="99" t="s">
         <v>56</v>
       </c>
-      <c r="G21" s="52"/>
-[...8 lines deleted...]
-      <c r="D22" s="52" t="s">
+    </row>
+    <row r="27" ht="38.25" customHeight="1">
+      <c r="A27" s="72"/>
+      <c r="B27" s="96"/>
+      <c r="C27" s="97"/>
+      <c r="D27" s="98" t="s">
         <v>57</v>
       </c>
-      <c r="E22" s="54"/>
-      <c r="F22" s="54" t="s">
+      <c r="E27" s="98"/>
+      <c r="F27" s="98" t="s">
         <v>58</v>
       </c>
-      <c r="G22" s="72"/>
-[...10 lines deleted...]
-      <c r="D23" s="52" t="s">
+      <c r="G27" s="98"/>
+      <c r="H27" s="98" t="s">
         <v>59</v>
       </c>
-      <c r="E23" s="52"/>
-      <c r="F23" s="52" t="s">
+      <c r="I27" s="98"/>
+      <c r="J27" s="99" t="s">
         <v>60</v>
       </c>
-      <c r="G23" s="72"/>
-[...8 lines deleted...]
-      <c r="D24" s="52" t="s">
+    </row>
+    <row r="28" ht="38.25" customHeight="1">
+      <c r="A28" s="72"/>
+      <c r="B28" s="96"/>
+      <c r="C28" s="97"/>
+      <c r="D28" s="98" t="s">
         <v>61</v>
       </c>
-      <c r="E24" s="52"/>
-      <c r="F24" s="52" t="s">
+      <c r="E28" s="98"/>
+      <c r="F28" s="98" t="s">
         <v>62</v>
       </c>
-      <c r="G24" s="72"/>
-[...6 lines deleted...]
-      <c r="B25" s="108" t="s">
+      <c r="G28" s="98"/>
+      <c r="H28" s="98" t="s">
         <v>63</v>
       </c>
-      <c r="C25" s="51"/>
-      <c r="D25" s="49" t="s">
+      <c r="I28" s="98"/>
+      <c r="J28" s="99" t="s">
         <v>64</v>
       </c>
-      <c r="E25" s="49"/>
-      <c r="F25" s="49" t="s">
+    </row>
+    <row r="29" ht="38.25" customHeight="1">
+      <c r="A29" s="72"/>
+      <c r="B29" s="100"/>
+      <c r="C29" s="101"/>
+      <c r="D29" s="102" t="s">
         <v>65</v>
       </c>
-      <c r="G25" s="50"/>
-      <c r="H25" s="49" t="s">
+      <c r="E29" s="103"/>
+      <c r="F29" s="103"/>
+      <c r="G29" s="103"/>
+      <c r="H29" s="103"/>
+      <c r="I29" s="104"/>
+      <c r="J29" s="105" t="s">
         <v>66</v>
       </c>
-      <c r="I25" s="48"/>
-      <c r="J25" s="47" t="s">
+    </row>
+    <row r="30" ht="36" customHeight="1">
+      <c r="A30" s="72"/>
+      <c r="B30" s="106" t="s">
         <v>67</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D26" s="45" t="s">
+      <c r="C30" s="107"/>
+      <c r="D30" s="108" t="s">
         <v>68</v>
       </c>
-      <c r="E26" s="45"/>
-      <c r="F26" s="45" t="s">
+      <c r="E30" s="108"/>
+      <c r="F30" s="108" t="s">
+        <v>58</v>
+      </c>
+      <c r="G30" s="108"/>
+      <c r="H30" s="108" t="s">
         <v>69</v>
       </c>
-      <c r="G26" s="45"/>
-      <c r="H26" s="45" t="s">
+      <c r="I30" s="108"/>
+      <c r="J30" s="109" t="s">
         <v>70</v>
       </c>
-      <c r="I26" s="45"/>
-      <c r="J26" s="44" t="s">
+    </row>
+    <row r="31" ht="36" customHeight="1">
+      <c r="A31" s="72"/>
+      <c r="B31" s="110"/>
+      <c r="C31" s="38"/>
+      <c r="D31" s="55" t="s">
         <v>71</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D27" s="45" t="s">
+      <c r="E31" s="55"/>
+      <c r="F31" s="55" t="s">
         <v>72</v>
       </c>
-      <c r="E27" s="45"/>
-      <c r="F27" s="45" t="s">
+      <c r="G31" s="55"/>
+      <c r="H31" s="55" t="s">
         <v>73</v>
       </c>
-      <c r="G27" s="45"/>
-      <c r="H27" s="45" t="s">
+      <c r="I31" s="55"/>
+      <c r="J31" s="111" t="s">
         <v>74</v>
       </c>
-      <c r="I27" s="45"/>
-      <c r="J27" s="44" t="s">
+    </row>
+    <row r="32" ht="36" customHeight="1">
+      <c r="A32" s="72"/>
+      <c r="B32" s="110"/>
+      <c r="C32" s="38"/>
+      <c r="D32" s="55" t="s">
         <v>75</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D28" s="45" t="s">
+      <c r="E32" s="55"/>
+      <c r="F32" s="55" t="s">
         <v>76</v>
       </c>
-      <c r="E28" s="45"/>
-      <c r="F28" s="45" t="s">
+      <c r="G32" s="55"/>
+      <c r="H32" s="55" t="s">
         <v>77</v>
       </c>
-      <c r="G28" s="45"/>
-      <c r="H28" s="45" t="s">
+      <c r="I32" s="55"/>
+      <c r="J32" s="111" t="s">
         <v>78</v>
       </c>
-      <c r="I28" s="45"/>
-      <c r="J28" s="44" t="s">
+    </row>
+    <row r="33" ht="36" customHeight="1">
+      <c r="A33" s="72"/>
+      <c r="B33" s="110"/>
+      <c r="C33" s="38"/>
+      <c r="D33" s="55" t="s">
         <v>79</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="J29" s="82" t="s">
+      <c r="E33" s="55"/>
+      <c r="F33" s="55" t="s">
         <v>80</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B30" s="111" t="s">
+      <c r="G33" s="55"/>
+      <c r="H33" s="55" t="s">
         <v>81</v>
       </c>
-      <c r="C30" s="83"/>
-      <c r="D30" s="84" t="s">
+      <c r="I33" s="55"/>
+      <c r="J33" s="111" t="s">
         <v>82</v>
       </c>
-      <c r="E30" s="84"/>
-[...4 lines deleted...]
-      <c r="H30" s="84" t="s">
+    </row>
+    <row r="34" ht="36" customHeight="1">
+      <c r="A34" s="72"/>
+      <c r="B34" s="110"/>
+      <c r="C34" s="38"/>
+      <c r="D34" s="55" t="s">
         <v>83</v>
       </c>
-      <c r="I30" s="84"/>
-      <c r="J30" s="85" t="s">
+      <c r="E34" s="55"/>
+      <c r="F34" s="55" t="s">
         <v>84</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D31" s="41" t="s">
+      <c r="G34" s="55"/>
+      <c r="H34" s="112" t="s">
         <v>85</v>
       </c>
-      <c r="E31" s="41"/>
-      <c r="F31" s="41" t="s">
+      <c r="I34" s="112"/>
+      <c r="J34" s="113"/>
+    </row>
+    <row r="35" ht="54.75" customHeight="1">
+      <c r="A35" s="72"/>
+      <c r="B35" s="114"/>
+      <c r="C35" s="115"/>
+      <c r="D35" s="116" t="s">
         <v>86</v>
       </c>
-      <c r="G31" s="41"/>
-      <c r="H31" s="41" t="s">
+      <c r="E35" s="62"/>
+      <c r="F35" s="62"/>
+      <c r="G35" s="117"/>
+      <c r="H35" s="63" t="s">
         <v>87</v>
       </c>
-      <c r="I31" s="41"/>
-      <c r="J31" s="42" t="s">
+      <c r="I35" s="63"/>
+      <c r="J35" s="118"/>
+    </row>
+    <row r="36" ht="45" customHeight="1">
+      <c r="A36" s="119"/>
+      <c r="B36" s="120" t="s">
         <v>88</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D32" s="41" t="s">
+      <c r="C36" s="121"/>
+      <c r="D36" s="122" t="s">
+        <v>25</v>
+      </c>
+      <c r="E36" s="123"/>
+      <c r="F36" s="124" t="s">
+        <v>26</v>
+      </c>
+      <c r="G36" s="125" t="s">
         <v>89</v>
       </c>
-      <c r="E32" s="41"/>
-      <c r="F32" s="41" t="s">
+      <c r="H36" s="125"/>
+      <c r="I36" s="125"/>
+      <c r="J36" s="126"/>
+    </row>
+    <row r="37" ht="24.75" customHeight="1">
+      <c r="A37" s="127" t="s">
         <v>90</v>
       </c>
-      <c r="G32" s="41"/>
-      <c r="H32" s="41" t="s">
+      <c r="B37" s="128" t="s">
         <v>91</v>
       </c>
-      <c r="I32" s="41"/>
-      <c r="J32" s="42" t="s">
+      <c r="C37" s="129"/>
+      <c r="D37" s="129"/>
+      <c r="E37" s="129"/>
+      <c r="F37" s="129"/>
+      <c r="G37" s="129"/>
+      <c r="H37" s="129"/>
+      <c r="I37" s="129"/>
+      <c r="J37" s="130"/>
+    </row>
+    <row r="38" ht="3" customHeight="1">
+      <c r="A38" s="131"/>
+      <c r="B38" s="132"/>
+      <c r="C38" s="1"/>
+      <c r="J38" s="133"/>
+    </row>
+    <row r="39" ht="33.75" customHeight="1">
+      <c r="A39" s="131"/>
+      <c r="B39" s="134" t="s">
         <v>92</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D33" s="41" t="s">
+      <c r="C39" s="135"/>
+      <c r="D39" s="135"/>
+      <c r="E39" s="54"/>
+      <c r="F39" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="G39" s="54"/>
+      <c r="H39" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="I39" s="136"/>
+      <c r="J39" s="137" t="s">
         <v>93</v>
       </c>
-      <c r="E33" s="41"/>
-      <c r="F33" s="41" t="s">
+    </row>
+    <row r="40" ht="65.5" customHeight="1">
+      <c r="A40" s="131"/>
+      <c r="B40" s="138" t="s">
         <v>94</v>
       </c>
-      <c r="G33" s="41"/>
-      <c r="H33" s="41" t="s">
+      <c r="C40" s="139"/>
+      <c r="D40" s="139"/>
+      <c r="E40" s="54"/>
+      <c r="F40" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="G40" s="54"/>
+      <c r="H40" s="34" t="s">
+        <v>26</v>
+      </c>
+      <c r="I40" s="136"/>
+      <c r="J40" s="137" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="41" ht="38.25" customHeight="1">
+      <c r="A41" s="131"/>
+      <c r="B41" s="140" t="s">
         <v>95</v>
       </c>
-      <c r="I33" s="41"/>
-      <c r="J33" s="42" t="s">
+      <c r="C41" s="141"/>
+      <c r="D41" s="141"/>
+      <c r="E41" s="61"/>
+      <c r="F41" s="142" t="s">
+        <v>25</v>
+      </c>
+      <c r="G41" s="61"/>
+      <c r="H41" s="142" t="s">
+        <v>26</v>
+      </c>
+      <c r="I41" s="143"/>
+      <c r="J41" s="144" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="42" ht="30.75" customHeight="1">
+      <c r="A42" s="131"/>
+      <c r="B42" s="145" t="s">
         <v>96</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D34" s="41" t="s">
+      <c r="C42" s="146"/>
+      <c r="D42" s="146"/>
+      <c r="E42" s="146"/>
+      <c r="F42" s="146"/>
+      <c r="G42" s="146"/>
+      <c r="H42" s="147"/>
+      <c r="I42" s="147"/>
+      <c r="J42" s="148"/>
+    </row>
+    <row r="43" ht="30.75" customHeight="1">
+      <c r="A43" s="131"/>
+      <c r="B43" s="149"/>
+      <c r="C43" s="150"/>
+      <c r="D43" s="150"/>
+      <c r="E43" s="150"/>
+      <c r="F43" s="150"/>
+      <c r="G43" s="150"/>
+      <c r="H43" s="151"/>
+      <c r="I43" s="151"/>
+      <c r="J43" s="152"/>
+    </row>
+    <row r="44" ht="30.75" customHeight="1">
+      <c r="A44" s="131"/>
+      <c r="B44" s="149"/>
+      <c r="C44" s="150"/>
+      <c r="D44" s="150"/>
+      <c r="E44" s="150"/>
+      <c r="F44" s="150"/>
+      <c r="G44" s="150"/>
+      <c r="H44" s="151"/>
+      <c r="I44" s="151"/>
+      <c r="J44" s="152"/>
+    </row>
+    <row r="45" ht="50.25" customHeight="1">
+      <c r="A45" s="131"/>
+      <c r="B45" s="153" t="s">
         <v>97</v>
       </c>
-      <c r="E34" s="41"/>
-      <c r="F34" s="41" t="s">
+      <c r="C45" s="154"/>
+      <c r="D45" s="154"/>
+      <c r="E45" s="154"/>
+      <c r="F45" s="154"/>
+      <c r="G45" s="154"/>
+      <c r="H45" s="154"/>
+      <c r="I45" s="154"/>
+      <c r="J45" s="155"/>
+    </row>
+    <row r="46" ht="50.25" customHeight="1">
+      <c r="A46" s="131"/>
+      <c r="B46" s="153" t="s">
         <v>98</v>
       </c>
-      <c r="G34" s="41"/>
-      <c r="H34" s="77" t="s">
+      <c r="C46" s="154"/>
+      <c r="D46" s="154"/>
+      <c r="E46" s="154"/>
+      <c r="F46" s="154"/>
+      <c r="G46" s="154"/>
+      <c r="H46" s="154"/>
+      <c r="I46" s="154"/>
+      <c r="J46" s="155"/>
+    </row>
+    <row r="47" ht="50.25" customHeight="1">
+      <c r="A47" s="156"/>
+      <c r="B47" s="157" t="s">
         <v>99</v>
       </c>
-      <c r="I34" s="77"/>
-[...198 lines deleted...]
-      <c r="J47" s="130"/>
+      <c r="C47" s="158"/>
+      <c r="D47" s="158"/>
+      <c r="E47" s="158"/>
+      <c r="F47" s="158"/>
+      <c r="G47" s="158"/>
+      <c r="H47" s="158"/>
+      <c r="I47" s="158"/>
+      <c r="J47" s="159"/>
     </row>
   </sheetData>
   <mergeCells count="41">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="G1:H1"/>
     <mergeCell ref="I1:K1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="C2:K2"/>
+    <mergeCell ref="A3:J3"/>
+    <mergeCell ref="A5:A17"/>
+    <mergeCell ref="B5:J5"/>
+    <mergeCell ref="B6:J6"/>
     <mergeCell ref="C7:G7"/>
-    <mergeCell ref="B5:J5"/>
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="C8:G8"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="C9:G9"/>
+    <mergeCell ref="H9:I9"/>
+    <mergeCell ref="C10:J10"/>
+    <mergeCell ref="C11:J11"/>
+    <mergeCell ref="B12:B13"/>
+    <mergeCell ref="C12:J12"/>
+    <mergeCell ref="C13:F13"/>
+    <mergeCell ref="B14:J14"/>
+    <mergeCell ref="G15:J17"/>
+    <mergeCell ref="A18:A36"/>
+    <mergeCell ref="B18:J18"/>
     <mergeCell ref="B19:B24"/>
-    <mergeCell ref="H35:J35"/>
-[...11 lines deleted...]
-    <mergeCell ref="B14:J14"/>
+    <mergeCell ref="I19:J24"/>
+    <mergeCell ref="H22:H24"/>
     <mergeCell ref="B25:B29"/>
     <mergeCell ref="B30:B35"/>
     <mergeCell ref="D35:F35"/>
-    <mergeCell ref="C8:G8"/>
-[...12 lines deleted...]
-    <mergeCell ref="H22:H24"/>
+    <mergeCell ref="H35:J35"/>
+    <mergeCell ref="G36:J36"/>
+    <mergeCell ref="A37:A47"/>
+    <mergeCell ref="B37:J37"/>
+    <mergeCell ref="B39:D39"/>
+    <mergeCell ref="B40:D40"/>
+    <mergeCell ref="B41:D41"/>
+    <mergeCell ref="B45:J45"/>
     <mergeCell ref="B46:J46"/>
-    <mergeCell ref="B45:J45"/>
+    <mergeCell ref="B47:J47"/>
   </mergeCells>
-  <printOptions horizontalCentered="1"/>
-[...1 lines deleted...]
-  <pageSetup scale="39" orientation="portrait" r:id="rId1"/>
+  <printOptions headings="0" gridLines="0" horizontalCentered="1"/>
+  <pageMargins left="0.31496062992126" right="0.31496062992126" top="0.20748031500000003" bottom="0.14999999999999999" header="0.31496062992126" footer="0"/>
+  <pageSetup paperSize="9" scale="42" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" usePrinterDefaults="1" blackAndWhite="0" draft="0" cellComments="none" useFirstPageNumber="0" errors="displayed" horizontalDpi="600" verticalDpi="600" copies="1"/>
   <headerFooter>
     <oddFooter>&amp;CTHIS DOCUMENT CONTAINS CONFIDENTIAL KIMBERLY-CLARK INFORMATION. Printed copies are only valid
 on the date printed unless controlled per a manual document control procedure and stamped as such.
  Page &amp;P of &amp;N&amp;R&amp;8Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D8AD84F-00FD-43A3-8CBB-F9C7212547DA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac">
   <sheetPr>
-    <pageSetUpPr fitToPage="1"/>
+    <outlinePr applyStyles="0" summaryBelow="1" summaryRight="1" showOutlineSymbols="1"/>
+    <pageSetUpPr autoPageBreaks="1" fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K33"/>
   <sheetViews>
-    <sheetView view="pageLayout" zoomScale="115" zoomScaleNormal="130" zoomScaleSheetLayoutView="55" zoomScalePageLayoutView="115" workbookViewId="0">
-      <selection activeCell="A8" sqref="A8:D8"/>
+    <sheetView view="normal" zoomScale="115" workbookViewId="0">
+      <selection activeCell="A8" activeCellId="0" sqref="A8:D8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="56.5" style="5" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="9.1640625" style="5"/>
+    <col customWidth="1" min="1" max="1" style="160" width="56.5"/>
+    <col customWidth="1" min="2" max="2" style="160" width="2.6640625"/>
+    <col customWidth="1" min="3" max="3" style="160" width="48.83203125"/>
+    <col customWidth="1" min="4" max="4" style="160" width="13"/>
+    <col customWidth="1" min="5" max="5" style="160" width="16.1640625"/>
+    <col min="6" max="16384" style="160" width="9.1640625"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="12" customFormat="1" ht="20" x14ac:dyDescent="0.2">
-      <c r="A1" s="178" t="s">
+    <row r="1" s="1" customFormat="1" ht="20">
+      <c r="A1" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="4"/>
+      <c r="C1" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D1" s="5"/>
+      <c r="E1" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="F1" s="5">
+        <v>4</v>
+      </c>
+      <c r="G1" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="H1" s="4"/>
+      <c r="I1" s="5"/>
+      <c r="J1" s="5"/>
+      <c r="K1" s="5"/>
+    </row>
+    <row r="2" s="1" customFormat="1" ht="21">
+      <c r="A2" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B2" s="6"/>
+      <c r="C2" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D2" s="5"/>
+      <c r="E2" s="5"/>
+      <c r="F2" s="5"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5"/>
+      <c r="K2" s="5"/>
+    </row>
+    <row r="3" ht="39" customHeight="1">
+      <c r="A3" s="161" t="s">
+        <v>100</v>
+      </c>
+      <c r="B3" s="162"/>
+      <c r="C3" s="163"/>
+      <c r="D3" s="164"/>
+    </row>
+    <row r="4" ht="8.25" customHeight="1">
+      <c r="A4" s="165"/>
+      <c r="B4" s="166"/>
+      <c r="C4" s="166"/>
+      <c r="D4" s="167"/>
+    </row>
+    <row r="5" s="1" customFormat="1" ht="21" customHeight="1">
+      <c r="A5" s="168" t="s">
+        <v>101</v>
+      </c>
+      <c r="B5" s="169"/>
+      <c r="C5" s="170"/>
+      <c r="D5" s="171"/>
+    </row>
+    <row r="6" s="1" customFormat="1" ht="21" customHeight="1">
+      <c r="A6" s="168" t="s">
+        <v>102</v>
+      </c>
+      <c r="B6" s="169"/>
+      <c r="C6" s="170"/>
+      <c r="D6" s="171"/>
+    </row>
+    <row r="7" s="1" customFormat="1" ht="21" customHeight="1">
+      <c r="A7" s="168" t="s">
+        <v>103</v>
+      </c>
+      <c r="B7" s="169"/>
+      <c r="C7" s="170"/>
+      <c r="D7" s="171"/>
+    </row>
+    <row r="8" ht="39.75" customHeight="1">
+      <c r="A8" s="172" t="s">
+        <v>104</v>
+      </c>
+      <c r="B8" s="173"/>
+      <c r="C8" s="174"/>
+      <c r="D8" s="175"/>
+    </row>
+    <row r="9" ht="16">
+      <c r="A9" s="176" t="s">
+        <v>105</v>
+      </c>
+      <c r="B9" s="177"/>
+      <c r="C9" s="178" t="s">
+        <v>106</v>
+      </c>
+      <c r="D9" s="179"/>
+    </row>
+    <row r="10" ht="31.5" customHeight="1">
+      <c r="A10" s="180"/>
+      <c r="B10" s="181"/>
+      <c r="C10" s="182"/>
+      <c r="D10" s="183"/>
+    </row>
+    <row r="11" ht="31.5" customHeight="1">
+      <c r="A11" s="184"/>
+      <c r="B11" s="185"/>
+      <c r="C11" s="182"/>
+      <c r="D11" s="183"/>
+    </row>
+    <row r="12" ht="31.5" customHeight="1">
+      <c r="A12" s="184"/>
+      <c r="B12" s="185"/>
+      <c r="C12" s="186"/>
+      <c r="D12" s="187"/>
+    </row>
+    <row r="13" ht="15.75" customHeight="1">
+      <c r="A13" s="184"/>
+      <c r="B13" s="185"/>
+      <c r="C13" s="188"/>
+      <c r="D13" s="189"/>
+    </row>
+    <row r="14" ht="57.75" customHeight="1">
+      <c r="A14" s="184"/>
+      <c r="B14" s="185"/>
+      <c r="C14" s="190"/>
+      <c r="D14" s="191"/>
+    </row>
+    <row r="15" ht="57.75" customHeight="1">
+      <c r="A15" s="184"/>
+      <c r="B15" s="185"/>
+      <c r="C15" s="190"/>
+      <c r="D15" s="191"/>
+    </row>
+    <row r="16" ht="57.75" customHeight="1">
+      <c r="A16" s="184"/>
+      <c r="B16" s="185"/>
+      <c r="C16" s="190"/>
+      <c r="D16" s="191"/>
+    </row>
+    <row r="17" ht="57.75" customHeight="1">
+      <c r="A17" s="184"/>
+      <c r="B17" s="185"/>
+      <c r="C17" s="190"/>
+      <c r="D17" s="191"/>
+    </row>
+    <row r="18" ht="57.75" customHeight="1">
+      <c r="A18" s="192"/>
+      <c r="B18" s="193"/>
+      <c r="C18" s="194"/>
+      <c r="D18" s="195"/>
+    </row>
+    <row r="19" ht="16">
+      <c r="A19" s="196" t="s">
+        <v>107</v>
+      </c>
+      <c r="B19" s="177"/>
+      <c r="C19" s="197" t="s">
+        <v>108</v>
+      </c>
+      <c r="D19" s="198"/>
+    </row>
+    <row r="20" ht="18.75" customHeight="1">
+      <c r="A20" s="199"/>
+      <c r="B20" s="200">
+        <v>1</v>
+      </c>
+      <c r="C20" s="201"/>
+      <c r="D20" s="202"/>
+    </row>
+    <row r="21" ht="18.75" customHeight="1">
+      <c r="A21" s="203"/>
+      <c r="B21" s="200">
+        <v>2</v>
+      </c>
+      <c r="C21" s="201"/>
+      <c r="D21" s="202"/>
+      <c r="I21"/>
+    </row>
+    <row r="22" ht="18.75" customHeight="1">
+      <c r="A22" s="203"/>
+      <c r="B22" s="200">
+        <v>3</v>
+      </c>
+      <c r="C22" s="201"/>
+      <c r="D22" s="202"/>
+    </row>
+    <row r="23" ht="18.75" customHeight="1">
+      <c r="A23" s="203"/>
+      <c r="B23" s="200">
+        <v>4</v>
+      </c>
+      <c r="C23" s="201"/>
+      <c r="D23" s="202"/>
+    </row>
+    <row r="24" ht="18.75" customHeight="1">
+      <c r="A24" s="203"/>
+      <c r="B24" s="200">
+        <v>5</v>
+      </c>
+      <c r="C24" s="201"/>
+      <c r="D24" s="202"/>
+    </row>
+    <row r="25" ht="18.75" customHeight="1">
+      <c r="A25" s="203"/>
+      <c r="B25" s="200">
+        <v>6</v>
+      </c>
+      <c r="C25" s="201"/>
+      <c r="D25" s="202"/>
+    </row>
+    <row r="26" ht="18.75" customHeight="1">
+      <c r="A26" s="203"/>
+      <c r="B26" s="200">
+        <v>7</v>
+      </c>
+      <c r="C26" s="201"/>
+      <c r="D26" s="202"/>
+    </row>
+    <row r="27" ht="18.75" customHeight="1">
+      <c r="A27" s="204"/>
+      <c r="B27" s="205">
+        <v>8</v>
+      </c>
+      <c r="C27" s="206"/>
+      <c r="D27" s="167"/>
+    </row>
+    <row r="28" ht="17">
+      <c r="A28" s="207" t="s">
+        <v>109</v>
+      </c>
+      <c r="B28" s="177"/>
+      <c r="C28" s="208" t="s">
+        <v>110</v>
+      </c>
+      <c r="D28" s="209"/>
+    </row>
+    <row r="29" ht="29.25" customHeight="1">
+      <c r="A29" s="210" t="s">
+        <v>111</v>
+      </c>
+      <c r="B29" s="211" t="s">
+        <v>112</v>
+      </c>
+      <c r="C29" s="212"/>
+      <c r="D29" s="213"/>
+    </row>
+    <row r="30" ht="29.25" customHeight="1">
+      <c r="A30" s="210" t="s">
         <v>113</v>
       </c>
-      <c r="B1" s="178"/>
-[...4 lines deleted...]
-      <c r="E1" s="73" t="s">
+      <c r="B30" s="211" t="s">
         <v>114</v>
       </c>
-      <c r="F1" s="74">
-[...2 lines deleted...]
-      <c r="G1" s="178" t="s">
+      <c r="C30" s="212"/>
+      <c r="D30" s="213"/>
+    </row>
+    <row r="31" ht="29.25" customHeight="1">
+      <c r="A31" s="210" t="s">
         <v>115</v>
       </c>
-      <c r="H1" s="178"/>
-[...5 lines deleted...]
-      <c r="A2" s="178" t="s">
+      <c r="B31" s="211" t="s">
         <v>116</v>
       </c>
-      <c r="B2" s="180"/>
-[...255 lines deleted...]
-      <c r="D33" s="222"/>
+      <c r="C31" s="212"/>
+      <c r="D31" s="213"/>
+    </row>
+    <row r="32" ht="29.25" customHeight="1">
+      <c r="A32" s="210" t="s">
+        <v>117</v>
+      </c>
+      <c r="B32" s="211" t="s">
+        <v>118</v>
+      </c>
+      <c r="C32" s="212"/>
+      <c r="D32" s="213"/>
+    </row>
+    <row r="33" ht="29.25" customHeight="1">
+      <c r="A33" s="214" t="s">
+        <v>119</v>
+      </c>
+      <c r="B33" s="215" t="s">
+        <v>120</v>
+      </c>
+      <c r="C33" s="216"/>
+      <c r="D33" s="217"/>
     </row>
   </sheetData>
   <mergeCells count="32">
     <mergeCell ref="B32:D32"/>
     <mergeCell ref="B33:D33"/>
     <mergeCell ref="C26:D26"/>
     <mergeCell ref="A20:A27"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="C24:D24"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="B29:D29"/>
     <mergeCell ref="B30:D30"/>
     <mergeCell ref="B31:D31"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="C27:D27"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="A10:B18"/>
     <mergeCell ref="C9:D12"/>
     <mergeCell ref="C13:D18"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="G1:H1"/>
     <mergeCell ref="I1:K1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="C2:K2"/>
   </mergeCells>
-  <printOptions horizontalCentered="1"/>
-[...1 lines deleted...]
-  <pageSetup scale="50" orientation="portrait" r:id="rId1"/>
+  <printOptions headings="0" gridLines="0" horizontalCentered="1"/>
+  <pageMargins left="0.20866141699999996" right="0.20866141699999996" top="0.49803149600000002" bottom="0.49803149600000002" header="0.31496062992126" footer="0.31496062992126"/>
+  <pageSetup paperSize="9" scale="50" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" usePrinterDefaults="1" blackAndWhite="0" draft="0" cellComments="none" useFirstPageNumber="0" errors="displayed" horizontalDpi="600" verticalDpi="600" copies="1"/>
   <headerFooter>
     <oddFooter>&amp;CPermiso de Ingreso de Sustancias Químicas Document #: FORM-41723 Revision: 3
 THIS DOCUMENT CONTAINS CONFIDENTIAL KIMBERLY-CLARK INFORMATION.&amp;R&amp;8Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:B3"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac">
+  <sheetPr codeName="Sheet1">
+    <outlinePr applyStyles="0" summaryBelow="1" summaryRight="1" showOutlineSymbols="1"/>
+    <pageSetUpPr autoPageBreaks="1" fitToPage="0"/>
+  </sheetPr>
   <sheetViews>
-    <sheetView view="pageLayout" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:B5"/>
+    <sheetView view="normal" zoomScale="100" workbookViewId="0">
+      <selection activeCell="A4" activeCellId="0" sqref="A4:B5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="13"/>
   <cols>
-    <col min="1" max="1" width="17.1640625" style="2" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="9.1640625" style="1"/>
+    <col bestFit="1" customWidth="1" min="1" max="1" style="219" width="17.1640625"/>
+    <col customWidth="1" min="2" max="2" style="219" width="57"/>
+    <col min="3" max="16384" style="218" width="9.1640625"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="50.25" customHeight="1" x14ac:dyDescent="0.15">
-[...8 lines deleted...]
-      <c r="A2" s="3" t="s">
+    <row r="1" ht="50.25" customHeight="1">
+      <c r="A1" s="220" t="s">
+        <v>121</v>
+      </c>
+      <c r="B1" s="221" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="4" t="s">
-[...7 lines deleted...]
-      <c r="B3" s="4">
+    </row>
+    <row r="2" ht="50.25" customHeight="1">
+      <c r="A2" s="220" t="s">
+        <v>122</v>
+      </c>
+      <c r="B2" s="221" t="s">
         <v>5</v>
       </c>
     </row>
+    <row r="3" ht="50.25" customHeight="1">
+      <c r="A3" s="220" t="s">
+        <v>123</v>
+      </c>
+      <c r="B3" s="221">
+        <v>5</v>
+      </c>
+    </row>
   </sheetData>
-  <phoneticPr fontId="0" type="noConversion"/>
+  <printOptions headings="0" gridLines="0"/>
   <pageMargins left="0.25" right="0.25" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="100" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" usePrinterDefaults="1" blackAndWhite="0" draft="0" cellComments="none" useFirstPageNumber="0" errors="displayed" horizontalDpi="600" verticalDpi="600" copies="1"/>
   <headerFooter>
     <oddFooter>&amp;CPermiso de Ingreso de Sustancias Químicas Document #: FORM-41723 Revision: 2
 THIS DOCUMENT CONTAINS CONFIDENTIAL KIMBERLY-CLARK INFORMATION.&amp;R&amp;8Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship  Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship  Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship  Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship  Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A4B4391E2B302E41A25C19D95B29B043" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b38f3783bfd7d8565bffaabc4e0ec335">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4aeb20c0e3442673af7ee10786458764">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/office/internal/2005/internalDocumentation" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type" ma:readOnly="true"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
-            <xsd:documentation>
-[...1 lines deleted...]
-                    </xsd:documentation>
+            <xsd:documentation>This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.</xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="lastPrinted" minOccurs="0" maxOccurs="1" type="xsd:dateTime"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <documentManagement/>
 </p:properties>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EA5D522-7E73-4EC2-BF6F-2CEB1C5DFEF4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6CC079A-5DB6-4A10-8E68-F9A04229053A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/internal/2005/internalDocumentation"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema-instance"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36363622-04AB-4DA7-9959-49801176B910}">
-[...6 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E73CE6CB-70DF-4D83-8814-6D6EEDFAEE3F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema-instance"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36363622-04AB-4DA7-9959-49801176B910}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>onlyoffice/9.1.0.1</Application>
   <DocSecurity>0</DocSecurity>
-  <ScaleCrop>false</ScaleCrop>
+  <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
-[...12 lines deleted...]
-    </vt:vector>
+    <vt:vector size="0" baseType="variant"/>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="7" baseType="lpstr">
-[...7 lines deleted...]
-    </vt:vector>
+    <vt:vector size="0" baseType="lpstr"/>
   </TitlesOfParts>
   <Company>EtQ</Company>
-  <LinksUpToDate>false</LinksUpToDate>
-[...2 lines deleted...]
-  <AppVersion></AppVersion>
+  <LinksUpToDate>0</LinksUpToDate>
+  <SharedDoc>0</SharedDoc>
+  <HyperlinksChanged>0</HyperlinksChanged>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ramid</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="CONTAINMENT_BODY">
     <vt:lpwstr>CONTAINMENT_BODY</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="CONTAINMENT_DATE_PERFORMED">
     <vt:lpwstr>CONTAINMENT_DATE_PERFORMED</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="CONTAINMENT_PERFORMED_BY">
     <vt:lpwstr>CONTAINMENT_PERFORMED_BY</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="CORRACT_CORRACT_BODY">
     <vt:lpwstr>CORRACT_CORRACT_BODY</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="CORRACT_CORRACT_CATEGORY">
     <vt:lpwstr>CORRACT_CORRACT_CATEGORY</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="CORRACT_PROBLEM_CATEGORY">
     <vt:lpwstr>CORRACT_PROBLEM_CATEGORY</vt:lpwstr>
   </property>